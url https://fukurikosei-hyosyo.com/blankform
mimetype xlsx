--- v0 (2025-10-28)
+++ v1 (2026-02-10)
@@ -17,54 +17,54 @@
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\kani\Documents\105 ハタラクエール\エントリーシート\ハタラクエール2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{1E217748-EEA0-4056-89BC-4412D90085B4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0F4FF022-53D3-403E-8E32-F89C6EF82FA4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="oMtktFbrO/9edI/CO+MJgfoPNc7afWpP+2xndiR/qK/PaEgDKQSGfUytJ/97qV4VQRW6BWp3n/EQncJ3aKU20w==" workbookSaltValue="D+O54tcMc55uFkWlhnUBAQ==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" tabRatio="923" activeTab="8" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="923" activeTab="8" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="注意事項" sheetId="15" r:id="rId1"/>
     <sheet name="ご記入要領" sheetId="13" r:id="rId2"/>
     <sheet name="１．フェイスシート" sheetId="3" r:id="rId3"/>
     <sheet name="業種分類" sheetId="12" r:id="rId4"/>
     <sheet name="福利厚生費の範囲" sheetId="14" r:id="rId5"/>
     <sheet name="２．経営課題シート" sheetId="9" r:id="rId6"/>
     <sheet name="3．運営面シート" sheetId="11" r:id="rId7"/>
     <sheet name="4．制度シート" sheetId="5" r:id="rId8"/>
     <sheet name="5．福利厚生効果・自由回答シート" sheetId="10" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_0101">福利厚生費の範囲!#REF!</definedName>
     <definedName name="_0102">福利厚生費の範囲!#REF!</definedName>
     <definedName name="_1101">福利厚生費の範囲!#REF!</definedName>
     <definedName name="_1201">福利厚生費の範囲!#REF!</definedName>
     <definedName name="_1202">福利厚生費の範囲!#REF!</definedName>
     <definedName name="_1299">福利厚生費の範囲!#REF!</definedName>
     <definedName name="_1301">福利厚生費の範囲!#REF!</definedName>
     <definedName name="_1302">福利厚生費の範囲!#REF!</definedName>
     <definedName name="_2101">福利厚生費の範囲!#REF!</definedName>
     <definedName name="_2102">福利厚生費の範囲!#REF!</definedName>
     <definedName name="_2103">福利厚生費の範囲!#REF!</definedName>
     <definedName name="_2104">福利厚生費の範囲!#REF!</definedName>
@@ -114,51 +114,51 @@
     <definedName name="_4501">福利厚生費の範囲!#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'１．フェイスシート'!$A$1:$X$48</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">'２．経営課題シート'!$A$1:$H$36</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="6">'3．運営面シート'!$A$1:$M$57</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="7">'4．制度シート'!$A$1:$J$344</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="8">'5．福利厚生効果・自由回答シート'!$A$1:$F$22</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="N25" i="3" l="1"/>
   <c r="S29" i="3"/>
   <c r="G26" i="9"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="489" uniqueCount="456">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="488" uniqueCount="455">
   <si>
     <t>記入者名</t>
     <rPh sb="0" eb="3">
       <t>キニュウシャ</t>
     </rPh>
     <rPh sb="3" eb="4">
       <t>メイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>Email</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>労働組合</t>
     <rPh sb="0" eb="2">
       <t>ロウドウ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>クミアイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
@@ -5581,72 +5581,50 @@
   <si>
     <t>出産・育児による離職者が減った・両立者の生産性が維持された</t>
     <rPh sb="16" eb="18">
       <t>リリ</t>
     </rPh>
     <rPh sb="18" eb="19">
       <t>シャ</t>
     </rPh>
     <rPh sb="20" eb="23">
       <t>セイサンセイ</t>
     </rPh>
     <rPh sb="24" eb="26">
       <t>イジ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>介護を理由とする離職者が減った・両立者の生産性が維持された</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>治療・通院を理由とする離職者が減った・両立者の生産性が維持された</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>健康な従業員が増えた(病気で休暇取得・給食する従業員が減った)</t>
-[...20 lines deleted...]
-  <si>
     <t>⑯</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>⑰</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>人材の定着・離職防止</t>
     <rPh sb="0" eb="2">
       <t>ジンザイ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>テイチャク</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>リショク</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>ボウシ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>グローバル化への対応(採用・育成)</t>
@@ -7246,80 +7224,50 @@
     <rPh sb="8" eb="10">
       <t>フクリ</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>コウセイ</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>ジギョウ</t>
     </rPh>
     <rPh sb="19" eb="21">
       <t>バアイ</t>
     </rPh>
     <rPh sb="23" eb="26">
       <t>ジギョウシャ</t>
     </rPh>
     <rPh sb="26" eb="27">
       <t>メイ</t>
     </rPh>
     <rPh sb="28" eb="30">
       <t>キニュウ</t>
     </rPh>
     <rPh sb="30" eb="31">
       <t>クダ</t>
     </rPh>
     <phoneticPr fontId="1"/>
-  </si>
-[...28 lines deleted...]
-    <phoneticPr fontId="30"/>
   </si>
   <si>
     <t>・事務用制服、ﾕﾆﾌｫｰﾑ　・作業服、作業靴（安全衛生上の必要から、支給・貸与しているものを除く）
 ・被服クリーニング費用　　　　</t>
     <phoneticPr fontId="30"/>
   </si>
   <si>
     <t>・健保、労災の法定付加給付以外に付加的に企業が給付するもの（休業補償の法定超過分として、平均２０％を支給している場合など。健康保険組合からの付加給付を除く）</t>
     <rPh sb="61" eb="63">
       <t>ケンコウ</t>
     </rPh>
     <rPh sb="63" eb="65">
       <t>ホケン</t>
     </rPh>
     <rPh sb="65" eb="67">
       <t>クミアイ</t>
     </rPh>
     <rPh sb="70" eb="72">
       <t>フカ</t>
     </rPh>
     <rPh sb="72" eb="74">
       <t>キュウフ</t>
     </rPh>
     <rPh sb="75" eb="76">
       <t>ノゾ</t>
@@ -7868,54 +7816,50 @@
     <rPh sb="80" eb="82">
       <t>フタン</t>
     </rPh>
     <rPh sb="82" eb="83">
       <t>ガク</t>
     </rPh>
     <rPh sb="85" eb="86">
       <t>フク</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>ご記入日（西暦）</t>
     <rPh sb="1" eb="3">
       <t>キニュウ</t>
     </rPh>
     <rPh sb="3" eb="4">
       <t>ビ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>セイレキ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>hhh</t>
-[...2 lines deleted...]
-  <si>
     <t>2025.9.30</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>非正規従業員（嘱託、パート・アルバイト，契約従業員，派遣従業員のいずれかでも利用できれば「利用できる」とみなす）が利用できる制度は全体の何割程度（全制度数に占める割合）ありますか。非正規社員がいない場合は空欄としてください。</t>
     <rPh sb="0" eb="3">
       <t>ヒセイキ</t>
     </rPh>
     <rPh sb="3" eb="6">
       <t>ジュウギョウイン</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>ショクタク</t>
     </rPh>
     <rPh sb="20" eb="22">
       <t>ケイヤク</t>
     </rPh>
     <rPh sb="26" eb="28">
       <t>ハケン</t>
     </rPh>
     <rPh sb="38" eb="40">
       <t>リヨウ</t>
     </rPh>
     <rPh sb="45" eb="47">
       <t>リヨウ</t>
@@ -7939,50 +7883,102 @@
       <t>ゼン</t>
     </rPh>
     <rPh sb="74" eb="76">
       <t>セイド</t>
     </rPh>
     <rPh sb="76" eb="77">
       <t>スウ</t>
     </rPh>
     <rPh sb="78" eb="79">
       <t>シ</t>
     </rPh>
     <rPh sb="81" eb="83">
       <t>ワリアイ</t>
     </rPh>
     <rPh sb="90" eb="93">
       <t>ヒセイキ</t>
     </rPh>
     <rPh sb="93" eb="95">
       <t>シャイン</t>
     </rPh>
     <rPh sb="99" eb="101">
       <t>バアイ</t>
     </rPh>
     <rPh sb="102" eb="104">
       <t>クウラン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>・退職関係費用・積立補助　・持ち株奨励金　・財形給付金、奨励金（住宅財形貯蓄の奨励金は持ち家援助に計上）
+・外部金融機関提携ローン利子補給（住宅ローンは住宅関連費用、教育ローンは育児関連へそれぞれ計上）
+・金融関係相談費用補助（ｺﾝｻﾙﾃｨﾝｸﾞ等）　　</t>
+    <rPh sb="43" eb="44">
+      <t>モ</t>
+    </rPh>
+    <rPh sb="45" eb="46">
+      <t>イエ</t>
+    </rPh>
+    <rPh sb="46" eb="48">
+      <t>エンジョ</t>
+    </rPh>
+    <rPh sb="76" eb="78">
+      <t>ジュウタク</t>
+    </rPh>
+    <rPh sb="78" eb="80">
+      <t>カンレン</t>
+    </rPh>
+    <rPh sb="80" eb="82">
+      <t>ヒヨウ</t>
+    </rPh>
+    <rPh sb="89" eb="91">
+      <t>イクジ</t>
+    </rPh>
+    <rPh sb="91" eb="93">
+      <t>カンレン</t>
+    </rPh>
+    <phoneticPr fontId="30"/>
+  </si>
+  <si>
+    <t>健康な従業員が増えた(病気で休暇取得・休職する従業員が減った)</t>
+    <rPh sb="11" eb="13">
+      <t>ビョウキ</t>
+    </rPh>
+    <rPh sb="14" eb="16">
+      <t>キュウカ</t>
+    </rPh>
+    <rPh sb="16" eb="18">
+      <t>シュトク</t>
+    </rPh>
+    <rPh sb="19" eb="21">
+      <t>キュウショク</t>
+    </rPh>
+    <rPh sb="23" eb="26">
+      <t>ジュ</t>
+    </rPh>
+    <rPh sb="27" eb="28">
+      <t>ヘ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="176" formatCode="0&quot;名&quot;"/>
     <numFmt numFmtId="177" formatCode="0.0"/>
     <numFmt numFmtId="178" formatCode="0.0&quot;年&quot;"/>
     <numFmt numFmtId="179" formatCode="0.0&quot;歳&quot;"/>
     <numFmt numFmtId="180" formatCode="0&quot;割&quot;"/>
   </numFmts>
   <fonts count="48" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
@@ -9990,50 +9986,80 @@
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="9" fillId="2" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="176" fontId="9" fillId="2" borderId="52" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="176" fontId="9" fillId="2" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="82" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="7" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="7" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="7" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -10157,80 +10183,50 @@
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...28 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="9" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="9" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="9" fillId="0" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="76" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
@@ -11902,56 +11898,56 @@
       <c r="O8" s="157"/>
       <c r="P8" s="157"/>
     </row>
     <row r="9" spans="1:16" ht="49.2" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="157"/>
       <c r="C9" s="157"/>
       <c r="D9" s="157"/>
       <c r="E9" s="157"/>
       <c r="F9" s="157"/>
       <c r="G9" s="157"/>
       <c r="H9" s="157"/>
       <c r="I9" s="157"/>
       <c r="J9" s="157"/>
       <c r="K9" s="157"/>
       <c r="L9" s="157"/>
       <c r="M9" s="157"/>
       <c r="N9" s="157"/>
       <c r="O9" s="157"/>
       <c r="P9" s="157"/>
     </row>
     <row r="11" spans="1:16" s="33" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A11" s="33">
         <v>3</v>
       </c>
       <c r="B11" s="33" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
     </row>
     <row r="12" spans="1:16" ht="29.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="157" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="C12" s="157"/>
       <c r="D12" s="157"/>
       <c r="E12" s="157"/>
       <c r="F12" s="157"/>
       <c r="G12" s="157"/>
       <c r="H12" s="157"/>
       <c r="I12" s="157"/>
       <c r="J12" s="157"/>
       <c r="K12" s="157"/>
       <c r="L12" s="157"/>
       <c r="M12" s="157"/>
       <c r="N12" s="157"/>
       <c r="O12" s="157"/>
       <c r="P12" s="157"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="B4:P4"/>
     <mergeCell ref="B7:P9"/>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="B12:P12"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -12046,164 +12042,164 @@
       <c r="A14" s="13" t="s">
         <v>173</v>
       </c>
       <c r="B14" s="12"/>
     </row>
     <row r="15" spans="1:2" ht="82.2" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="159" t="s">
         <v>182</v>
       </c>
       <c r="B15" s="160"/>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A16" s="13" t="s">
         <v>172</v>
       </c>
       <c r="B16" s="12"/>
     </row>
     <row r="17" spans="1:2" ht="32.549999999999997" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="159" t="s">
         <v>171</v>
       </c>
       <c r="B17" s="160"/>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A18" s="13" t="s">
-        <v>420</v>
+        <v>419</v>
       </c>
       <c r="B18" s="12"/>
     </row>
     <row r="19" spans="1:2" ht="92.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="162" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="B19" s="163"/>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A20" s="13" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="B20" s="12"/>
     </row>
     <row r="21" spans="1:2" ht="49.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="159" t="s">
         <v>257</v>
       </c>
       <c r="B21" s="160"/>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A22" s="13" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="B22" s="12"/>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A23" s="159" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="B23" s="160"/>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A21:B21"/>
     <mergeCell ref="A23:B23"/>
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A15:B15"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="A17:B17"/>
     <mergeCell ref="A19:B19"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967293" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet1">
     <tabColor theme="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:X100"/>
   <sheetViews>
     <sheetView zoomScale="114" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="Q10" sqref="Q10:R10"/>
+      <selection activeCell="AI9" sqref="AI9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="4.6640625" defaultRowHeight="13.2" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.6640625" style="17" customWidth="1"/>
     <col min="2" max="3" width="2.6640625" style="17" customWidth="1"/>
     <col min="4" max="7" width="4.6640625" style="17"/>
     <col min="8" max="13" width="2.6640625" style="17" customWidth="1"/>
     <col min="14" max="21" width="4.6640625" style="17"/>
     <col min="22" max="23" width="2.6640625" style="17" customWidth="1"/>
     <col min="24" max="24" width="4.6640625" style="17"/>
     <col min="25" max="25" width="1.6640625" style="17" customWidth="1"/>
     <col min="26" max="16384" width="4.6640625" style="17"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:24" x14ac:dyDescent="0.2">
       <c r="U1" s="149"/>
       <c r="V1" s="259" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="W1" s="260"/>
       <c r="X1" s="261"/>
     </row>
     <row r="2" spans="2:24" ht="37.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="285" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="C2" s="285"/>
       <c r="D2" s="285"/>
       <c r="E2" s="285"/>
       <c r="F2" s="285"/>
       <c r="G2" s="285"/>
       <c r="H2" s="285"/>
       <c r="I2" s="285"/>
       <c r="J2" s="285"/>
       <c r="K2" s="285"/>
       <c r="L2" s="285"/>
       <c r="M2" s="285"/>
       <c r="N2" s="285"/>
       <c r="O2" s="285"/>
       <c r="P2" s="285"/>
       <c r="Q2" s="285"/>
       <c r="R2" s="285"/>
       <c r="S2" s="285"/>
       <c r="T2" s="285"/>
       <c r="U2" s="285"/>
       <c r="V2" s="285"/>
       <c r="W2" s="285"/>
       <c r="X2" s="285"/>
     </row>
     <row r="3" spans="2:24" ht="7.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="4" spans="2:24" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="265" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="C4" s="266"/>
       <c r="D4" s="266"/>
       <c r="E4" s="266"/>
       <c r="F4" s="266"/>
       <c r="G4" s="266"/>
       <c r="H4" s="266"/>
       <c r="I4" s="266"/>
       <c r="J4" s="266"/>
       <c r="K4" s="266"/>
       <c r="L4" s="266"/>
       <c r="M4" s="266"/>
       <c r="N4" s="266"/>
       <c r="O4" s="266"/>
       <c r="P4" s="266"/>
       <c r="Q4" s="266"/>
       <c r="R4" s="266"/>
       <c r="S4" s="266"/>
       <c r="T4" s="266"/>
       <c r="U4" s="266"/>
       <c r="V4" s="266"/>
       <c r="W4" s="266"/>
       <c r="X4" s="267"/>
     </row>
     <row r="5" spans="2:24" ht="14.55" customHeight="1" x14ac:dyDescent="0.2">
@@ -12289,494 +12285,494 @@
       <c r="C9" s="286"/>
       <c r="D9" s="286"/>
       <c r="E9" s="286"/>
       <c r="F9" s="286"/>
       <c r="G9" s="286"/>
       <c r="H9" s="286"/>
       <c r="I9" s="286"/>
       <c r="J9" s="286"/>
       <c r="K9" s="286"/>
       <c r="L9" s="286"/>
       <c r="M9" s="286"/>
       <c r="N9" s="286"/>
       <c r="O9" s="286"/>
       <c r="P9" s="286"/>
       <c r="Q9" s="286"/>
       <c r="R9" s="286"/>
       <c r="S9" s="286"/>
       <c r="T9" s="286"/>
       <c r="U9" s="286"/>
       <c r="V9" s="286"/>
       <c r="W9" s="286"/>
       <c r="X9" s="286"/>
     </row>
     <row r="10" spans="2:24" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B10" s="62" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="C10" s="63"/>
       <c r="D10" s="63"/>
       <c r="E10" s="63"/>
       <c r="F10" s="63"/>
       <c r="G10" s="63"/>
       <c r="H10" s="63"/>
       <c r="I10" s="63"/>
       <c r="J10" s="63"/>
       <c r="K10" s="63"/>
       <c r="L10" s="63"/>
-      <c r="M10" s="220" t="s">
-[...6 lines deleted...]
-      <c r="R10" s="201"/>
+      <c r="M10" s="230" t="s">
+        <v>450</v>
+      </c>
+      <c r="N10" s="231"/>
+      <c r="O10" s="231"/>
+      <c r="P10" s="232"/>
+      <c r="Q10" s="210"/>
+      <c r="R10" s="211"/>
       <c r="S10" s="154" t="s">
         <v>8</v>
       </c>
       <c r="T10" s="153"/>
       <c r="U10" s="155" t="s">
         <v>9</v>
       </c>
-      <c r="V10" s="200"/>
-      <c r="W10" s="201"/>
+      <c r="V10" s="210"/>
+      <c r="W10" s="211"/>
       <c r="X10" s="156" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="2:24" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B11" s="211" t="s">
+      <c r="B11" s="221" t="s">
         <v>183</v>
       </c>
-      <c r="C11" s="212"/>
-      <c r="D11" s="213"/>
+      <c r="C11" s="222"/>
+      <c r="D11" s="223"/>
       <c r="E11" s="274"/>
       <c r="F11" s="275"/>
       <c r="G11" s="275"/>
       <c r="H11" s="275"/>
       <c r="I11" s="275"/>
       <c r="J11" s="275"/>
       <c r="K11" s="275"/>
       <c r="L11" s="275"/>
       <c r="M11" s="275"/>
       <c r="N11" s="275"/>
       <c r="O11" s="275"/>
       <c r="P11" s="275"/>
       <c r="Q11" s="275"/>
       <c r="R11" s="275"/>
       <c r="S11" s="275"/>
       <c r="T11" s="275"/>
       <c r="U11" s="275"/>
       <c r="V11" s="275"/>
       <c r="W11" s="275"/>
       <c r="X11" s="276"/>
     </row>
     <row r="12" spans="2:24" ht="16.05" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B12" s="202" t="s">
+      <c r="B12" s="212" t="s">
         <v>11</v>
       </c>
-      <c r="C12" s="203"/>
-      <c r="D12" s="204"/>
+      <c r="C12" s="213"/>
+      <c r="D12" s="214"/>
       <c r="E12" s="65" t="s">
         <v>12</v>
       </c>
-      <c r="F12" s="214"/>
-[...17 lines deleted...]
-      <c r="X12" s="216"/>
+      <c r="F12" s="224"/>
+      <c r="G12" s="224"/>
+      <c r="H12" s="224"/>
+      <c r="I12" s="225"/>
+      <c r="J12" s="225"/>
+      <c r="K12" s="225"/>
+      <c r="L12" s="225"/>
+      <c r="M12" s="225"/>
+      <c r="N12" s="225"/>
+      <c r="O12" s="225"/>
+      <c r="P12" s="225"/>
+      <c r="Q12" s="225"/>
+      <c r="R12" s="225"/>
+      <c r="S12" s="225"/>
+      <c r="T12" s="225"/>
+      <c r="U12" s="225"/>
+      <c r="V12" s="225"/>
+      <c r="W12" s="225"/>
+      <c r="X12" s="226"/>
     </row>
     <row r="13" spans="2:24" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B13" s="205"/>
-[...21 lines deleted...]
-      <c r="X13" s="219"/>
+      <c r="B13" s="215"/>
+      <c r="C13" s="216"/>
+      <c r="D13" s="217"/>
+      <c r="E13" s="227"/>
+      <c r="F13" s="228"/>
+      <c r="G13" s="228"/>
+      <c r="H13" s="228"/>
+      <c r="I13" s="228"/>
+      <c r="J13" s="228"/>
+      <c r="K13" s="228"/>
+      <c r="L13" s="228"/>
+      <c r="M13" s="228"/>
+      <c r="N13" s="228"/>
+      <c r="O13" s="228"/>
+      <c r="P13" s="228"/>
+      <c r="Q13" s="228"/>
+      <c r="R13" s="228"/>
+      <c r="S13" s="228"/>
+      <c r="T13" s="228"/>
+      <c r="U13" s="228"/>
+      <c r="V13" s="228"/>
+      <c r="W13" s="228"/>
+      <c r="X13" s="229"/>
     </row>
     <row r="14" spans="2:24" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B14" s="208"/>
-[...21 lines deleted...]
-      <c r="X14" s="193"/>
+      <c r="B14" s="218"/>
+      <c r="C14" s="219"/>
+      <c r="D14" s="220"/>
+      <c r="E14" s="201"/>
+      <c r="F14" s="202"/>
+      <c r="G14" s="202"/>
+      <c r="H14" s="202"/>
+      <c r="I14" s="202"/>
+      <c r="J14" s="202"/>
+      <c r="K14" s="202"/>
+      <c r="L14" s="202"/>
+      <c r="M14" s="202"/>
+      <c r="N14" s="202"/>
+      <c r="O14" s="202"/>
+      <c r="P14" s="202"/>
+      <c r="Q14" s="202"/>
+      <c r="R14" s="202"/>
+      <c r="S14" s="202"/>
+      <c r="T14" s="202"/>
+      <c r="U14" s="202"/>
+      <c r="V14" s="202"/>
+      <c r="W14" s="202"/>
+      <c r="X14" s="203"/>
     </row>
     <row r="15" spans="2:24" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B15" s="188" t="s">
+      <c r="B15" s="198" t="s">
         <v>259</v>
       </c>
-      <c r="C15" s="189"/>
-[...20 lines deleted...]
-      <c r="X15" s="193"/>
+      <c r="C15" s="199"/>
+      <c r="D15" s="199"/>
+      <c r="E15" s="199"/>
+      <c r="F15" s="199"/>
+      <c r="G15" s="199"/>
+      <c r="H15" s="199"/>
+      <c r="I15" s="199"/>
+      <c r="J15" s="199"/>
+      <c r="K15" s="199"/>
+      <c r="L15" s="199"/>
+      <c r="M15" s="199"/>
+      <c r="N15" s="199"/>
+      <c r="O15" s="199"/>
+      <c r="P15" s="199"/>
+      <c r="Q15" s="199"/>
+      <c r="R15" s="199"/>
+      <c r="S15" s="199"/>
+      <c r="T15" s="200"/>
+      <c r="U15" s="201"/>
+      <c r="V15" s="202"/>
+      <c r="W15" s="202"/>
+      <c r="X15" s="203"/>
     </row>
     <row r="16" spans="2:24" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="59"/>
       <c r="C16" s="59"/>
       <c r="D16" s="59"/>
       <c r="E16" s="59"/>
       <c r="F16" s="59"/>
       <c r="G16" s="59"/>
       <c r="H16" s="59"/>
       <c r="I16" s="59"/>
       <c r="J16" s="59"/>
       <c r="K16" s="59"/>
       <c r="L16" s="59"/>
       <c r="M16" s="59"/>
       <c r="N16" s="59"/>
       <c r="O16" s="59"/>
       <c r="P16" s="59"/>
       <c r="Q16" s="59"/>
       <c r="R16" s="59"/>
       <c r="S16" s="59"/>
       <c r="T16" s="59"/>
       <c r="U16" s="59"/>
       <c r="V16" s="59"/>
       <c r="W16" s="59"/>
       <c r="X16" s="59"/>
     </row>
     <row r="17" spans="2:24" ht="16.05" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B17" s="237" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="C17" s="237"/>
       <c r="D17" s="237"/>
       <c r="E17" s="237"/>
       <c r="F17" s="237"/>
       <c r="G17" s="237"/>
       <c r="H17" s="237"/>
       <c r="I17" s="237"/>
       <c r="J17" s="237"/>
       <c r="K17" s="237"/>
       <c r="L17" s="237"/>
       <c r="M17" s="237"/>
       <c r="N17" s="237"/>
       <c r="O17" s="237"/>
       <c r="P17" s="237"/>
       <c r="Q17" s="237"/>
       <c r="R17" s="237"/>
       <c r="S17" s="237"/>
       <c r="T17" s="237"/>
       <c r="U17" s="237"/>
       <c r="V17" s="237"/>
       <c r="W17" s="237"/>
       <c r="X17" s="237"/>
     </row>
     <row r="18" spans="2:24" ht="28.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B18" s="196" t="s">
+      <c r="B18" s="206" t="s">
         <v>13</v>
       </c>
-      <c r="C18" s="197"/>
-      <c r="D18" s="197"/>
+      <c r="C18" s="207"/>
+      <c r="D18" s="207"/>
       <c r="E18" s="241"/>
       <c r="F18" s="241"/>
       <c r="G18" s="241"/>
       <c r="H18" s="241"/>
       <c r="I18" s="241"/>
       <c r="J18" s="241"/>
       <c r="K18" s="241"/>
       <c r="L18" s="241"/>
       <c r="M18" s="241"/>
       <c r="N18" s="241"/>
       <c r="O18" s="241"/>
       <c r="P18" s="241"/>
       <c r="Q18" s="242" t="s">
         <v>0</v>
       </c>
       <c r="R18" s="243"/>
       <c r="S18" s="244"/>
       <c r="T18" s="245"/>
       <c r="U18" s="245"/>
       <c r="V18" s="245"/>
       <c r="W18" s="245"/>
       <c r="X18" s="246"/>
     </row>
     <row r="19" spans="2:24" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="247" t="s">
         <v>1</v>
       </c>
-      <c r="C19" s="199"/>
-      <c r="D19" s="199"/>
+      <c r="C19" s="209"/>
+      <c r="D19" s="209"/>
       <c r="E19" s="248"/>
       <c r="F19" s="249"/>
       <c r="G19" s="249"/>
       <c r="H19" s="249"/>
       <c r="I19" s="249"/>
       <c r="J19" s="249"/>
       <c r="K19" s="249"/>
       <c r="L19" s="249"/>
       <c r="M19" s="249"/>
       <c r="N19" s="249"/>
       <c r="O19" s="249"/>
       <c r="P19" s="249"/>
-      <c r="Q19" s="199" t="s">
+      <c r="Q19" s="209" t="s">
         <v>14</v>
       </c>
       <c r="R19" s="250"/>
       <c r="S19" s="249"/>
       <c r="T19" s="249"/>
       <c r="U19" s="249"/>
       <c r="V19" s="249"/>
       <c r="W19" s="251"/>
       <c r="X19" s="252"/>
     </row>
     <row r="20" spans="2:24" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B20" s="253" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="C20" s="254"/>
       <c r="D20" s="254"/>
       <c r="E20" s="254"/>
       <c r="F20" s="254"/>
       <c r="G20" s="254"/>
       <c r="H20" s="254"/>
       <c r="I20" s="254"/>
       <c r="J20" s="254"/>
       <c r="K20" s="254"/>
       <c r="L20" s="254"/>
       <c r="M20" s="254"/>
       <c r="N20" s="254"/>
       <c r="O20" s="254"/>
       <c r="P20" s="254"/>
       <c r="Q20" s="254"/>
       <c r="R20" s="255"/>
-      <c r="S20" s="194"/>
-[...4 lines deleted...]
-      <c r="X20" s="195"/>
+      <c r="S20" s="204"/>
+      <c r="T20" s="204"/>
+      <c r="U20" s="204"/>
+      <c r="V20" s="204"/>
+      <c r="W20" s="204"/>
+      <c r="X20" s="205"/>
     </row>
     <row r="21" spans="2:24" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="66"/>
       <c r="C21" s="66"/>
       <c r="D21" s="66"/>
       <c r="E21" s="67"/>
       <c r="F21" s="67"/>
       <c r="G21" s="67"/>
       <c r="H21" s="67"/>
       <c r="I21" s="67"/>
       <c r="J21" s="67"/>
       <c r="K21" s="67"/>
       <c r="L21" s="67"/>
       <c r="M21" s="67"/>
       <c r="N21" s="67"/>
       <c r="O21" s="67"/>
       <c r="P21" s="67"/>
       <c r="Q21" s="66"/>
       <c r="R21" s="18"/>
       <c r="S21" s="67"/>
       <c r="T21" s="67"/>
       <c r="U21" s="67"/>
       <c r="V21" s="67"/>
       <c r="W21" s="67"/>
       <c r="X21" s="67"/>
     </row>
     <row r="22" spans="2:24" ht="16.05" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B22" s="226" t="s">
-[...23 lines deleted...]
-      <c r="X22" s="226"/>
+      <c r="B22" s="176" t="s">
+        <v>432</v>
+      </c>
+      <c r="C22" s="176"/>
+      <c r="D22" s="176"/>
+      <c r="E22" s="176"/>
+      <c r="F22" s="176"/>
+      <c r="G22" s="176"/>
+      <c r="H22" s="176"/>
+      <c r="I22" s="176"/>
+      <c r="J22" s="176"/>
+      <c r="K22" s="176"/>
+      <c r="L22" s="176"/>
+      <c r="M22" s="176"/>
+      <c r="N22" s="176"/>
+      <c r="O22" s="176"/>
+      <c r="P22" s="176"/>
+      <c r="Q22" s="176"/>
+      <c r="R22" s="176"/>
+      <c r="S22" s="176"/>
+      <c r="T22" s="176"/>
+      <c r="U22" s="176"/>
+      <c r="V22" s="176"/>
+      <c r="W22" s="176"/>
+      <c r="X22" s="176"/>
     </row>
     <row r="23" spans="2:24" ht="16.05" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B23" s="198" t="s">
+      <c r="B23" s="208" t="s">
         <v>51</v>
       </c>
-      <c r="C23" s="198"/>
-[...3 lines deleted...]
-      <c r="G23" s="198" t="s">
+      <c r="C23" s="208"/>
+      <c r="D23" s="208"/>
+      <c r="E23" s="208"/>
+      <c r="F23" s="208"/>
+      <c r="G23" s="208" t="s">
         <v>170</v>
       </c>
       <c r="H23" s="278"/>
       <c r="I23" s="278"/>
       <c r="J23" s="278"/>
       <c r="K23" s="278"/>
       <c r="L23" s="278"/>
       <c r="M23" s="278"/>
-      <c r="N23" s="198" t="s">
+      <c r="N23" s="208" t="s">
         <v>52</v>
       </c>
-      <c r="O23" s="198"/>
-[...1 lines deleted...]
-      <c r="Q23" s="198"/>
+      <c r="O23" s="208"/>
+      <c r="P23" s="208"/>
+      <c r="Q23" s="208"/>
       <c r="S23" s="18"/>
     </row>
     <row r="24" spans="2:24" ht="23.55" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B24" s="199"/>
-[...3 lines deleted...]
-      <c r="F24" s="199"/>
+      <c r="B24" s="209"/>
+      <c r="C24" s="209"/>
+      <c r="D24" s="209"/>
+      <c r="E24" s="209"/>
+      <c r="F24" s="209"/>
       <c r="G24" s="250"/>
       <c r="H24" s="250"/>
       <c r="I24" s="250"/>
       <c r="J24" s="250"/>
       <c r="K24" s="250"/>
       <c r="L24" s="250"/>
       <c r="M24" s="250"/>
-      <c r="N24" s="199"/>
-[...2 lines deleted...]
-      <c r="Q24" s="199"/>
+      <c r="N24" s="209"/>
+      <c r="O24" s="209"/>
+      <c r="P24" s="209"/>
+      <c r="Q24" s="209"/>
     </row>
     <row r="25" spans="2:24" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B25" s="277"/>
       <c r="C25" s="277"/>
       <c r="D25" s="277"/>
       <c r="E25" s="277"/>
       <c r="F25" s="277"/>
       <c r="G25" s="277"/>
       <c r="H25" s="277"/>
       <c r="I25" s="277"/>
       <c r="J25" s="277"/>
       <c r="K25" s="277"/>
       <c r="L25" s="277"/>
       <c r="M25" s="277"/>
       <c r="N25" s="277">
         <f>B25+G25</f>
         <v>0</v>
       </c>
       <c r="O25" s="277"/>
       <c r="P25" s="277"/>
       <c r="Q25" s="277"/>
       <c r="R25" s="68"/>
       <c r="S25" s="68"/>
     </row>
     <row r="26" spans="2:24" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="69"/>
       <c r="C26" s="69"/>
       <c r="D26" s="69"/>
       <c r="E26" s="69"/>
       <c r="F26" s="69"/>
       <c r="G26" s="69"/>
       <c r="H26" s="69"/>
       <c r="I26" s="69"/>
       <c r="J26" s="69"/>
       <c r="K26" s="69"/>
       <c r="L26" s="69"/>
       <c r="M26" s="69"/>
       <c r="N26" s="69"/>
       <c r="O26" s="69"/>
       <c r="P26" s="69"/>
       <c r="Q26" s="69"/>
       <c r="R26" s="68"/>
       <c r="S26" s="68"/>
     </row>
     <row r="27" spans="2:24" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B27" s="284" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="C27" s="284"/>
       <c r="D27" s="284"/>
       <c r="E27" s="284"/>
       <c r="F27" s="284"/>
       <c r="G27" s="284"/>
       <c r="H27" s="284"/>
       <c r="I27" s="284"/>
       <c r="J27" s="284"/>
       <c r="K27" s="284"/>
       <c r="L27" s="284"/>
       <c r="M27" s="284"/>
       <c r="N27" s="284"/>
       <c r="O27" s="284"/>
       <c r="P27" s="284"/>
       <c r="Q27" s="284"/>
       <c r="R27" s="284"/>
       <c r="S27" s="284"/>
       <c r="T27" s="284"/>
       <c r="U27" s="284"/>
       <c r="V27" s="284"/>
       <c r="W27" s="284"/>
       <c r="X27" s="284"/>
     </row>
     <row r="28" spans="2:24" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
@@ -12840,78 +12836,78 @@
       <c r="U29" s="157"/>
       <c r="V29" s="157"/>
       <c r="W29" s="157"/>
       <c r="X29" s="157"/>
     </row>
     <row r="30" spans="2:24" ht="13.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="59"/>
       <c r="C30" s="59"/>
       <c r="D30" s="59"/>
       <c r="E30" s="59"/>
       <c r="F30" s="59"/>
       <c r="G30" s="59"/>
       <c r="H30" s="59"/>
       <c r="I30" s="59"/>
       <c r="J30" s="59"/>
       <c r="K30" s="59"/>
       <c r="L30" s="59"/>
       <c r="M30" s="59"/>
       <c r="N30" s="59"/>
       <c r="O30" s="59"/>
       <c r="P30" s="59"/>
       <c r="Q30" s="70"/>
     </row>
     <row r="31" spans="2:24" ht="16.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B31" s="172" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="C31" s="172"/>
       <c r="D31" s="172"/>
       <c r="E31" s="172"/>
       <c r="F31" s="172"/>
       <c r="G31" s="172"/>
       <c r="H31" s="172"/>
       <c r="I31" s="172"/>
       <c r="J31" s="172"/>
       <c r="K31" s="172"/>
       <c r="L31" s="172"/>
       <c r="M31" s="172"/>
       <c r="N31" s="172"/>
       <c r="O31" s="172"/>
       <c r="P31" s="172"/>
       <c r="Q31" s="172"/>
       <c r="R31" s="172"/>
       <c r="S31" s="172"/>
       <c r="T31" s="172"/>
       <c r="U31" s="172"/>
       <c r="V31" s="172"/>
       <c r="W31" s="172"/>
       <c r="X31" s="172"/>
     </row>
     <row r="32" spans="2:24" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B32" s="238" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="C32" s="238"/>
       <c r="D32" s="238"/>
       <c r="E32" s="238"/>
       <c r="F32" s="238"/>
       <c r="G32" s="238"/>
       <c r="H32" s="238"/>
       <c r="I32" s="238"/>
       <c r="J32" s="238"/>
       <c r="K32" s="239"/>
       <c r="L32" s="169"/>
       <c r="M32" s="170"/>
       <c r="N32" s="171"/>
       <c r="O32" s="17" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="33" spans="2:24" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="59"/>
       <c r="C33" s="59"/>
       <c r="D33" s="59"/>
       <c r="E33" s="59"/>
       <c r="F33" s="18"/>
       <c r="G33" s="18"/>
       <c r="H33" s="18"/>
@@ -12952,373 +12948,373 @@
       </c>
       <c r="C35" s="240"/>
       <c r="D35" s="240"/>
       <c r="E35" s="240"/>
       <c r="F35" s="240"/>
       <c r="G35" s="240"/>
       <c r="H35" s="240"/>
       <c r="I35" s="240"/>
       <c r="J35" s="240"/>
       <c r="K35" s="240"/>
       <c r="L35" s="240"/>
       <c r="M35" s="240"/>
       <c r="N35" s="240"/>
       <c r="O35" s="240"/>
       <c r="P35" s="240"/>
       <c r="Q35" s="240"/>
       <c r="R35" s="240"/>
       <c r="S35" s="240"/>
       <c r="T35" s="240"/>
       <c r="U35" s="240"/>
       <c r="V35" s="240"/>
       <c r="W35" s="162"/>
       <c r="X35" s="49"/>
     </row>
     <row r="36" spans="2:24" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B36" s="227" t="s">
+      <c r="B36" s="177" t="s">
         <v>2</v>
       </c>
-      <c r="C36" s="228"/>
-[...19 lines deleted...]
-      <c r="W36" s="229"/>
+      <c r="C36" s="178"/>
+      <c r="D36" s="178"/>
+      <c r="E36" s="178"/>
+      <c r="F36" s="178"/>
+      <c r="G36" s="178"/>
+      <c r="H36" s="178"/>
+      <c r="I36" s="178"/>
+      <c r="J36" s="178"/>
+      <c r="K36" s="178"/>
+      <c r="L36" s="178"/>
+      <c r="M36" s="178"/>
+      <c r="N36" s="178"/>
+      <c r="O36" s="178"/>
+      <c r="P36" s="178"/>
+      <c r="Q36" s="178"/>
+      <c r="R36" s="178"/>
+      <c r="S36" s="178"/>
+      <c r="T36" s="178"/>
+      <c r="U36" s="178"/>
+      <c r="V36" s="178"/>
+      <c r="W36" s="179"/>
       <c r="X36" s="31"/>
     </row>
     <row r="37" spans="2:24" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B37" s="230" t="s">
+      <c r="B37" s="180" t="s">
         <v>262</v>
       </c>
-      <c r="C37" s="231"/>
-[...19 lines deleted...]
-      <c r="W37" s="232"/>
+      <c r="C37" s="181"/>
+      <c r="D37" s="181"/>
+      <c r="E37" s="181"/>
+      <c r="F37" s="181"/>
+      <c r="G37" s="181"/>
+      <c r="H37" s="181"/>
+      <c r="I37" s="181"/>
+      <c r="J37" s="181"/>
+      <c r="K37" s="181"/>
+      <c r="L37" s="181"/>
+      <c r="M37" s="181"/>
+      <c r="N37" s="181"/>
+      <c r="O37" s="181"/>
+      <c r="P37" s="181"/>
+      <c r="Q37" s="181"/>
+      <c r="R37" s="181"/>
+      <c r="S37" s="181"/>
+      <c r="T37" s="181"/>
+      <c r="U37" s="181"/>
+      <c r="V37" s="181"/>
+      <c r="W37" s="182"/>
       <c r="X37" s="19"/>
     </row>
     <row r="38" spans="2:24" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B38" s="230" t="s">
+      <c r="B38" s="180" t="s">
         <v>161</v>
       </c>
-      <c r="C38" s="231"/>
-[...19 lines deleted...]
-      <c r="W38" s="232"/>
+      <c r="C38" s="181"/>
+      <c r="D38" s="181"/>
+      <c r="E38" s="181"/>
+      <c r="F38" s="181"/>
+      <c r="G38" s="181"/>
+      <c r="H38" s="181"/>
+      <c r="I38" s="181"/>
+      <c r="J38" s="181"/>
+      <c r="K38" s="181"/>
+      <c r="L38" s="181"/>
+      <c r="M38" s="181"/>
+      <c r="N38" s="181"/>
+      <c r="O38" s="181"/>
+      <c r="P38" s="181"/>
+      <c r="Q38" s="181"/>
+      <c r="R38" s="181"/>
+      <c r="S38" s="181"/>
+      <c r="T38" s="181"/>
+      <c r="U38" s="181"/>
+      <c r="V38" s="181"/>
+      <c r="W38" s="182"/>
       <c r="X38" s="19"/>
     </row>
     <row r="39" spans="2:24" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B39" s="230" t="s">
+      <c r="B39" s="180" t="s">
         <v>15</v>
       </c>
-      <c r="C39" s="231"/>
-[...19 lines deleted...]
-      <c r="W39" s="232"/>
+      <c r="C39" s="181"/>
+      <c r="D39" s="181"/>
+      <c r="E39" s="181"/>
+      <c r="F39" s="181"/>
+      <c r="G39" s="181"/>
+      <c r="H39" s="181"/>
+      <c r="I39" s="181"/>
+      <c r="J39" s="181"/>
+      <c r="K39" s="181"/>
+      <c r="L39" s="181"/>
+      <c r="M39" s="181"/>
+      <c r="N39" s="181"/>
+      <c r="O39" s="181"/>
+      <c r="P39" s="181"/>
+      <c r="Q39" s="181"/>
+      <c r="R39" s="181"/>
+      <c r="S39" s="181"/>
+      <c r="T39" s="181"/>
+      <c r="U39" s="181"/>
+      <c r="V39" s="181"/>
+      <c r="W39" s="182"/>
       <c r="X39" s="19"/>
     </row>
     <row r="40" spans="2:24" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B40" s="67"/>
       <c r="C40" s="67"/>
       <c r="D40" s="67"/>
       <c r="E40" s="67"/>
       <c r="F40" s="67"/>
       <c r="G40" s="67"/>
       <c r="H40" s="67"/>
       <c r="I40" s="67"/>
       <c r="J40" s="67"/>
       <c r="K40" s="67"/>
       <c r="L40" s="67"/>
       <c r="M40" s="67"/>
       <c r="N40" s="67"/>
       <c r="O40" s="67"/>
       <c r="P40" s="67"/>
       <c r="Q40" s="67"/>
       <c r="R40" s="67"/>
       <c r="S40" s="67"/>
       <c r="T40" s="67"/>
       <c r="U40" s="67"/>
       <c r="V40" s="67"/>
       <c r="W40" s="67"/>
     </row>
     <row r="41" spans="2:24" ht="16.05" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B41" s="226" t="s">
+      <c r="B41" s="176" t="s">
         <v>185</v>
       </c>
-      <c r="C41" s="226"/>
-[...20 lines deleted...]
-      <c r="X41" s="226"/>
+      <c r="C41" s="176"/>
+      <c r="D41" s="176"/>
+      <c r="E41" s="176"/>
+      <c r="F41" s="176"/>
+      <c r="G41" s="176"/>
+      <c r="H41" s="176"/>
+      <c r="I41" s="176"/>
+      <c r="J41" s="176"/>
+      <c r="K41" s="176"/>
+      <c r="L41" s="176"/>
+      <c r="M41" s="176"/>
+      <c r="N41" s="176"/>
+      <c r="O41" s="176"/>
+      <c r="P41" s="176"/>
+      <c r="Q41" s="176"/>
+      <c r="R41" s="176"/>
+      <c r="S41" s="176"/>
+      <c r="T41" s="176"/>
+      <c r="U41" s="176"/>
+      <c r="V41" s="176"/>
+      <c r="W41" s="176"/>
+      <c r="X41" s="176"/>
     </row>
     <row r="42" spans="2:24" ht="44.55" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B42" s="223" t="s">
-[...16 lines deleted...]
-      <c r="Q42" s="225"/>
+      <c r="B42" s="173" t="s">
+        <v>449</v>
+      </c>
+      <c r="C42" s="174"/>
+      <c r="D42" s="174"/>
+      <c r="E42" s="174"/>
+      <c r="F42" s="174"/>
+      <c r="G42" s="174"/>
+      <c r="H42" s="174"/>
+      <c r="I42" s="174"/>
+      <c r="J42" s="174"/>
+      <c r="K42" s="174"/>
+      <c r="L42" s="174"/>
+      <c r="M42" s="174"/>
+      <c r="N42" s="174"/>
+      <c r="O42" s="174"/>
+      <c r="P42" s="174"/>
+      <c r="Q42" s="175"/>
       <c r="R42" s="166"/>
       <c r="S42" s="167"/>
       <c r="T42" s="167"/>
       <c r="U42" s="167"/>
       <c r="V42" s="168" t="s">
         <v>258</v>
       </c>
       <c r="W42" s="164"/>
       <c r="X42" s="164"/>
     </row>
     <row r="43" spans="2:24" ht="32.549999999999997" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B43" s="157" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="C43" s="164"/>
       <c r="D43" s="164"/>
       <c r="E43" s="164"/>
       <c r="F43" s="164"/>
       <c r="G43" s="164"/>
       <c r="H43" s="164"/>
       <c r="I43" s="164"/>
       <c r="J43" s="164"/>
       <c r="K43" s="164"/>
       <c r="L43" s="164"/>
       <c r="M43" s="164"/>
       <c r="N43" s="164"/>
       <c r="O43" s="164"/>
       <c r="P43" s="164"/>
       <c r="Q43" s="165"/>
       <c r="R43" s="166"/>
       <c r="S43" s="167"/>
       <c r="T43" s="167"/>
       <c r="U43" s="167"/>
       <c r="V43" s="168" t="s">
         <v>16</v>
       </c>
       <c r="W43" s="164"/>
       <c r="X43" s="164"/>
     </row>
     <row r="44" spans="2:24" ht="10.95" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="45" spans="2:24" ht="29.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B45" s="172" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="C45" s="172"/>
       <c r="D45" s="172"/>
       <c r="E45" s="172"/>
       <c r="F45" s="172"/>
       <c r="G45" s="172"/>
       <c r="H45" s="172"/>
       <c r="I45" s="172"/>
       <c r="J45" s="172"/>
       <c r="K45" s="172"/>
       <c r="L45" s="172"/>
       <c r="M45" s="172"/>
       <c r="N45" s="172"/>
       <c r="O45" s="172"/>
       <c r="P45" s="172"/>
       <c r="Q45" s="172"/>
       <c r="R45" s="172"/>
       <c r="S45" s="172"/>
       <c r="T45" s="172"/>
       <c r="U45" s="172"/>
       <c r="V45" s="172"/>
       <c r="W45" s="172"/>
       <c r="X45" s="172"/>
     </row>
     <row r="46" spans="2:24" ht="16.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B46" s="183" t="s">
+      <c r="B46" s="193" t="s">
+        <v>403</v>
+      </c>
+      <c r="C46" s="186"/>
+      <c r="D46" s="186"/>
+      <c r="E46" s="186"/>
+      <c r="F46" s="186"/>
+      <c r="G46" s="186"/>
+      <c r="H46" s="186"/>
+      <c r="I46" s="186"/>
+      <c r="J46" s="186"/>
+      <c r="K46" s="186"/>
+      <c r="L46" s="186"/>
+      <c r="M46" s="186"/>
+      <c r="N46" s="186"/>
+      <c r="O46" s="186"/>
+      <c r="P46" s="186"/>
+      <c r="Q46" s="186"/>
+      <c r="R46" s="186"/>
+      <c r="S46" s="186"/>
+      <c r="T46" s="186"/>
+      <c r="U46" s="187"/>
+      <c r="V46" s="186" t="s">
+        <v>402</v>
+      </c>
+      <c r="W46" s="186"/>
+      <c r="X46" s="187"/>
+    </row>
+    <row r="47" spans="2:24" ht="30.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B47" s="191" t="s">
         <v>404</v>
       </c>
-      <c r="C46" s="176"/>
-[...25 lines deleted...]
-      <c r="B47" s="181" t="s">
+      <c r="C47" s="192"/>
+      <c r="D47" s="192"/>
+      <c r="E47" s="192"/>
+      <c r="F47" s="192"/>
+      <c r="G47" s="192"/>
+      <c r="H47" s="192"/>
+      <c r="I47" s="192"/>
+      <c r="J47" s="192"/>
+      <c r="K47" s="192"/>
+      <c r="L47" s="192"/>
+      <c r="M47" s="192"/>
+      <c r="N47" s="194"/>
+      <c r="O47" s="189"/>
+      <c r="P47" s="189"/>
+      <c r="Q47" s="189"/>
+      <c r="R47" s="189"/>
+      <c r="S47" s="189"/>
+      <c r="T47" s="189"/>
+      <c r="U47" s="190"/>
+      <c r="V47" s="188"/>
+      <c r="W47" s="189"/>
+      <c r="X47" s="190"/>
+    </row>
+    <row r="48" spans="2:24" ht="25.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B48" s="183" t="s">
         <v>405</v>
       </c>
-      <c r="C47" s="182"/>
-[...44 lines deleted...]
-      <c r="U48" s="187"/>
+      <c r="C48" s="184"/>
+      <c r="D48" s="184"/>
+      <c r="E48" s="184"/>
+      <c r="F48" s="184"/>
+      <c r="G48" s="184"/>
+      <c r="H48" s="184"/>
+      <c r="I48" s="184"/>
+      <c r="J48" s="184"/>
+      <c r="K48" s="184"/>
+      <c r="L48" s="184"/>
+      <c r="M48" s="185"/>
+      <c r="N48" s="195"/>
+      <c r="O48" s="196"/>
+      <c r="P48" s="196"/>
+      <c r="Q48" s="196"/>
+      <c r="R48" s="196"/>
+      <c r="S48" s="196"/>
+      <c r="T48" s="196"/>
+      <c r="U48" s="197"/>
       <c r="V48"/>
       <c r="W48"/>
       <c r="X48"/>
     </row>
     <row r="49" ht="24" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="50" ht="24" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="51" ht="24" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="52" ht="24" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="53" ht="24" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="54" ht="24" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="55" ht="24" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="56" ht="24" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="57" ht="24" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="58" ht="24" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="59" ht="24" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="60" ht="24" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="61" ht="24" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="62" ht="24" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="63" ht="24" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="64" ht="24" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="65" ht="24" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="66" ht="24" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="67" ht="24" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="68" ht="24" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="69" ht="24" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -13896,51 +13892,51 @@
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="mMAGLKPrCLTMf78evPX4O96pPvM0HuiyO4UsriHScPHESNCxt16GpyajSzaenGN6OQljeXxkhvttG7niMdSSWA==" saltValue="hfte7OfpDBMyOj1HGhoY0g==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="7">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="B6:B9"/>
     <mergeCell ref="B26:B29"/>
     <mergeCell ref="B22:B24"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A6:A18"/>
     <mergeCell ref="A19:A34"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:C26"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection sqref="A1:C1"/>
+      <selection activeCell="C17" sqref="C17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="7.6640625" style="21" customWidth="1"/>
     <col min="2" max="2" width="27.33203125" style="22" customWidth="1"/>
     <col min="3" max="3" width="77.21875" style="22" customWidth="1"/>
     <col min="4" max="255" width="9" style="22"/>
     <col min="256" max="256" width="20.88671875" style="22" customWidth="1"/>
     <col min="257" max="257" width="20.6640625" style="22" customWidth="1"/>
     <col min="258" max="258" width="51.44140625" style="22" customWidth="1"/>
     <col min="259" max="511" width="9" style="22"/>
     <col min="512" max="512" width="20.88671875" style="22" customWidth="1"/>
     <col min="513" max="513" width="20.6640625" style="22" customWidth="1"/>
     <col min="514" max="514" width="51.44140625" style="22" customWidth="1"/>
     <col min="515" max="767" width="9" style="22"/>
     <col min="768" max="768" width="20.88671875" style="22" customWidth="1"/>
     <col min="769" max="769" width="20.6640625" style="22" customWidth="1"/>
     <col min="770" max="770" width="51.44140625" style="22" customWidth="1"/>
     <col min="771" max="1023" width="9" style="22"/>
     <col min="1024" max="1024" width="20.88671875" style="22" customWidth="1"/>
     <col min="1025" max="1025" width="20.6640625" style="22" customWidth="1"/>
     <col min="1026" max="1026" width="51.44140625" style="22" customWidth="1"/>
     <col min="1027" max="1279" width="9" style="22"/>
     <col min="1280" max="1280" width="20.88671875" style="22" customWidth="1"/>
@@ -14252,176 +14248,176 @@
       <c r="A9" s="301" t="s">
         <v>287</v>
       </c>
       <c r="B9" s="29" t="s">
         <v>208</v>
       </c>
       <c r="C9" s="24" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="38.4" x14ac:dyDescent="0.2">
       <c r="A10" s="301"/>
       <c r="B10" s="29" t="s">
         <v>210</v>
       </c>
       <c r="C10" s="24" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="19.2" x14ac:dyDescent="0.2">
       <c r="A11" s="301"/>
       <c r="B11" s="29" t="s">
         <v>212</v>
       </c>
       <c r="C11" s="24" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="19.2" x14ac:dyDescent="0.2">
       <c r="A12" s="301"/>
       <c r="B12" s="29" t="s">
         <v>213</v>
       </c>
       <c r="C12" s="24" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="13" spans="1:3" ht="19.2" x14ac:dyDescent="0.2">
       <c r="A13" s="301"/>
       <c r="B13" s="29" t="s">
         <v>215</v>
       </c>
       <c r="C13" s="24" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="19.2" x14ac:dyDescent="0.2">
       <c r="A14" s="301"/>
       <c r="B14" s="29" t="s">
         <v>217</v>
       </c>
       <c r="C14" s="24" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="15" spans="1:3" ht="19.2" x14ac:dyDescent="0.2">
       <c r="A15" s="301"/>
       <c r="B15" s="29" t="s">
         <v>219</v>
       </c>
       <c r="C15" s="24" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="16" spans="1:3" ht="28.8" x14ac:dyDescent="0.2">
       <c r="A16" s="301"/>
       <c r="B16" s="29" t="s">
         <v>221</v>
       </c>
       <c r="C16" s="24" t="s">
-        <v>439</v>
+        <v>453</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="19.2" x14ac:dyDescent="0.2">
       <c r="A17" s="301"/>
       <c r="B17" s="29" t="s">
         <v>222</v>
       </c>
       <c r="C17" s="24" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A18" s="301"/>
       <c r="B18" s="29" t="s">
         <v>224</v>
       </c>
       <c r="C18" s="25" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="19.2" x14ac:dyDescent="0.2">
       <c r="A19" s="301" t="s">
         <v>288</v>
       </c>
       <c r="B19" s="29" t="s">
         <v>226</v>
       </c>
       <c r="C19" s="26" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="20" spans="1:3" ht="19.2" x14ac:dyDescent="0.2">
       <c r="A20" s="301"/>
       <c r="B20" s="29" t="s">
         <v>228</v>
       </c>
       <c r="C20" s="26" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
     </row>
     <row r="21" spans="1:3" ht="36" x14ac:dyDescent="0.2">
       <c r="A21" s="301" t="s">
         <v>289</v>
       </c>
       <c r="B21" s="29" t="s">
         <v>229</v>
       </c>
       <c r="C21" s="26" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="22" spans="1:3" ht="38.4" x14ac:dyDescent="0.2">
       <c r="A22" s="301"/>
       <c r="B22" s="29" t="s">
         <v>231</v>
       </c>
       <c r="C22" s="26" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="23" spans="1:3" ht="60" x14ac:dyDescent="0.2">
       <c r="A23" s="148" t="s">
         <v>290</v>
       </c>
       <c r="B23" s="29" t="s">
         <v>233</v>
       </c>
       <c r="C23" s="26" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="24" spans="1:3" ht="67.2" x14ac:dyDescent="0.2">
       <c r="A24" s="148" t="s">
         <v>291</v>
       </c>
       <c r="B24" s="29" t="s">
         <v>235</v>
       </c>
       <c r="C24" s="27" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
     </row>
     <row r="25" spans="1:3" ht="24" x14ac:dyDescent="0.2">
       <c r="A25" s="148" t="s">
         <v>292</v>
       </c>
       <c r="B25" s="30" t="s">
         <v>236</v>
       </c>
       <c r="C25" s="28" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="26" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A26" s="299" t="s">
         <v>253</v>
       </c>
       <c r="B26" s="299"/>
       <c r="C26" s="299"/>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A26:C26"/>
     <mergeCell ref="A4:A6"/>
@@ -14455,51 +14451,51 @@
     <col min="2" max="2" width="3.6640625" customWidth="1"/>
     <col min="3" max="4" width="18.6640625" customWidth="1"/>
     <col min="5" max="5" width="5.6640625" customWidth="1"/>
     <col min="6" max="6" width="3.6640625" customWidth="1"/>
     <col min="7" max="8" width="18.6640625" customWidth="1"/>
     <col min="9" max="9" width="4.88671875" customWidth="1"/>
     <col min="10" max="10" width="11.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="19.2" x14ac:dyDescent="0.2">
       <c r="A1" s="286" t="s">
         <v>107</v>
       </c>
       <c r="B1" s="286"/>
       <c r="C1" s="286"/>
       <c r="D1" s="286"/>
       <c r="E1" s="286"/>
       <c r="F1" s="286"/>
       <c r="G1" s="286"/>
       <c r="H1" s="286"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
     </row>
     <row r="2" spans="1:10" s="72" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="172" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="B2" s="172"/>
       <c r="C2" s="172"/>
       <c r="D2" s="172"/>
       <c r="E2" s="172"/>
       <c r="F2" s="172"/>
       <c r="G2" s="172"/>
       <c r="H2" s="172"/>
       <c r="I2" s="71"/>
     </row>
     <row r="3" spans="1:10" ht="13.8" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A3" s="73" t="s">
         <v>162</v>
       </c>
       <c r="B3" s="74" t="s">
         <v>17</v>
       </c>
       <c r="C3" s="338" t="s">
         <v>18</v>
       </c>
       <c r="D3" s="339"/>
       <c r="E3" s="75" t="s">
         <v>162</v>
       </c>
       <c r="F3" s="76" t="s">
@@ -14512,59 +14508,59 @@
     </row>
     <row r="4" spans="1:10" s="79" customFormat="1" ht="19.8" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A4" s="38"/>
       <c r="B4" s="131" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="340" t="s">
         <v>341</v>
       </c>
       <c r="D4" s="341"/>
       <c r="E4" s="38"/>
       <c r="F4" s="129" t="s">
         <v>119</v>
       </c>
       <c r="G4" s="325" t="s">
         <v>348</v>
       </c>
       <c r="H4" s="347"/>
     </row>
     <row r="5" spans="1:10" s="79" customFormat="1" ht="19.8" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A5" s="38"/>
       <c r="B5" s="131" t="s">
         <v>21</v>
       </c>
       <c r="C5" s="324" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="D5" s="325"/>
       <c r="E5" s="50"/>
       <c r="F5" s="130" t="s">
         <v>120</v>
       </c>
       <c r="G5" s="77" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="H5" s="78"/>
     </row>
     <row r="6" spans="1:10" s="79" customFormat="1" ht="19.8" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" s="38"/>
       <c r="B6" s="131" t="s">
         <v>22</v>
       </c>
       <c r="C6" s="324" t="s">
         <v>266</v>
       </c>
       <c r="D6" s="325"/>
       <c r="E6" s="50"/>
       <c r="F6" s="130" t="s">
         <v>121</v>
       </c>
       <c r="G6" s="77" t="s">
         <v>270</v>
       </c>
       <c r="H6" s="78"/>
     </row>
     <row r="7" spans="1:10" s="79" customFormat="1" ht="19.8" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A7" s="38"/>
       <c r="B7" s="131" t="s">
         <v>23</v>
@@ -14589,72 +14585,72 @@
       </c>
       <c r="C8" s="324" t="s">
         <v>268</v>
       </c>
       <c r="D8" s="325"/>
       <c r="E8" s="50"/>
       <c r="F8" s="130" t="s">
         <v>123</v>
       </c>
       <c r="G8" s="325" t="s">
         <v>339</v>
       </c>
       <c r="H8" s="347"/>
     </row>
     <row r="9" spans="1:10" ht="19.8" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A9" s="38"/>
       <c r="B9" s="131" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="324" t="s">
         <v>345</v>
       </c>
       <c r="D9" s="325"/>
       <c r="E9" s="50"/>
       <c r="F9" s="130" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="G9" s="325" t="s">
         <v>342</v>
       </c>
       <c r="H9" s="347"/>
     </row>
     <row r="10" spans="1:10" ht="19.8" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A10" s="38"/>
       <c r="B10" s="131" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="324" t="s">
         <v>346</v>
       </c>
       <c r="D10" s="325"/>
       <c r="E10" s="50"/>
       <c r="F10" s="130" t="s">
-        <v>359</v>
-[...2 lines deleted...]
-        <v>401</v>
+        <v>358</v>
+      </c>
+      <c r="G10" s="178" t="s">
+        <v>400</v>
       </c>
       <c r="H10" s="334"/>
     </row>
     <row r="11" spans="1:10" ht="19.8" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A11" s="38"/>
       <c r="B11" s="131" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="324" t="s">
         <v>344</v>
       </c>
       <c r="D11" s="325"/>
       <c r="E11" s="138"/>
     </row>
     <row r="12" spans="1:10" ht="19.8" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A12" s="38"/>
       <c r="B12" s="131" t="s">
         <v>28</v>
       </c>
       <c r="C12" s="324" t="s">
         <v>269</v>
       </c>
       <c r="D12" s="325"/>
       <c r="E12" s="139"/>
     </row>
@@ -14757,79 +14753,79 @@
       <c r="G21" s="335"/>
       <c r="H21" s="335"/>
     </row>
     <row r="22" spans="1:20" ht="22.2" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="322"/>
       <c r="B22" s="134"/>
       <c r="C22" s="335"/>
       <c r="D22" s="335"/>
       <c r="E22" s="335"/>
       <c r="F22" s="335"/>
       <c r="G22" s="335"/>
       <c r="H22" s="335"/>
     </row>
     <row r="23" spans="1:20" ht="22.2" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="323"/>
       <c r="B23" s="135"/>
       <c r="C23" s="320"/>
       <c r="D23" s="320"/>
       <c r="E23" s="320"/>
       <c r="F23" s="320"/>
       <c r="G23" s="320"/>
       <c r="H23" s="320"/>
     </row>
     <row r="25" spans="1:20" s="17" customFormat="1" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A25" s="172" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="B25" s="172"/>
       <c r="C25" s="172"/>
       <c r="D25" s="172"/>
       <c r="E25" s="172"/>
       <c r="F25" s="172"/>
       <c r="G25" s="172"/>
       <c r="H25" s="172"/>
       <c r="N25" s="172"/>
       <c r="O25" s="172"/>
       <c r="P25" s="172"/>
       <c r="Q25" s="172"/>
       <c r="R25" s="172"/>
       <c r="S25" s="172"/>
       <c r="T25" s="172"/>
     </row>
     <row r="26" spans="1:20" ht="22.2" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A26" s="84"/>
       <c r="B26" s="85" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="C26" s="316" t="s">
         <v>102</v>
       </c>
       <c r="D26" s="317"/>
       <c r="E26" s="87"/>
       <c r="F26" s="85" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="G26" s="314" t="str">
         <f>C26</f>
         <v>福利厚生を実施する目的</v>
       </c>
       <c r="H26" s="315"/>
     </row>
     <row r="27" spans="1:20" ht="27" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="88">
         <v>1</v>
       </c>
       <c r="B27" s="51"/>
       <c r="C27" s="306" t="s">
         <v>295</v>
       </c>
       <c r="D27" s="307"/>
       <c r="E27" s="88">
         <v>11</v>
       </c>
       <c r="F27" s="51"/>
       <c r="G27" s="318" t="s">
         <v>275</v>
       </c>
       <c r="H27" s="319"/>
     </row>
@@ -14879,141 +14875,141 @@
       </c>
       <c r="D30" s="309"/>
       <c r="E30" s="89">
         <v>14</v>
       </c>
       <c r="F30" s="52"/>
       <c r="G30" s="312" t="s">
         <v>277</v>
       </c>
       <c r="H30" s="313"/>
     </row>
     <row r="31" spans="1:20" ht="27" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="89">
         <v>5</v>
       </c>
       <c r="B31" s="52"/>
       <c r="C31" s="308" t="s">
         <v>299</v>
       </c>
       <c r="D31" s="309"/>
       <c r="E31" s="89">
         <v>15</v>
       </c>
       <c r="F31" s="52"/>
       <c r="G31" s="312" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="H31" s="313"/>
     </row>
     <row r="32" spans="1:20" ht="27" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="89">
         <v>6</v>
       </c>
       <c r="B32" s="52"/>
       <c r="C32" s="308" t="s">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="D32" s="309"/>
       <c r="E32" s="90">
         <v>16</v>
       </c>
       <c r="F32" s="53"/>
       <c r="G32" s="304" t="s">
         <v>302</v>
       </c>
       <c r="H32" s="305"/>
     </row>
     <row r="33" spans="1:8" ht="27" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="89">
         <v>7</v>
       </c>
       <c r="B33" s="52"/>
       <c r="C33" s="308" t="s">
         <v>271</v>
       </c>
       <c r="D33" s="309"/>
       <c r="E33" s="90">
         <v>17</v>
       </c>
       <c r="F33" s="53"/>
       <c r="G33" s="304" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="H33" s="305"/>
     </row>
     <row r="34" spans="1:8" ht="27" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="89">
         <v>8</v>
       </c>
       <c r="B34" s="52"/>
       <c r="C34" s="308" t="s">
         <v>272</v>
       </c>
       <c r="D34" s="309"/>
       <c r="E34" s="89">
         <v>18</v>
       </c>
       <c r="F34" s="52"/>
       <c r="G34" s="304" t="s">
         <v>260</v>
       </c>
       <c r="H34" s="305"/>
     </row>
     <row r="35" spans="1:8" ht="27" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="89">
         <v>9</v>
       </c>
       <c r="B35" s="136"/>
       <c r="C35" s="308" t="s">
         <v>273</v>
       </c>
       <c r="D35" s="309"/>
       <c r="E35" s="89">
         <v>19</v>
       </c>
       <c r="F35" s="136"/>
       <c r="G35" s="304" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="H35" s="305"/>
     </row>
     <row r="36" spans="1:8" ht="29.55" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A36" s="91">
         <v>10</v>
       </c>
       <c r="B36" s="137"/>
       <c r="C36" s="310" t="s">
         <v>274</v>
       </c>
       <c r="D36" s="311"/>
       <c r="E36" s="91">
         <v>20</v>
       </c>
       <c r="F36" s="137"/>
       <c r="G36" s="302" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="H36" s="303"/>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0"/>
   <mergeCells count="54">
     <mergeCell ref="C18:H18"/>
     <mergeCell ref="C19:H19"/>
     <mergeCell ref="C20:H20"/>
     <mergeCell ref="C15:H15"/>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="A16:A18"/>
     <mergeCell ref="G3:H3"/>
     <mergeCell ref="G4:H4"/>
     <mergeCell ref="G7:H7"/>
     <mergeCell ref="G8:H8"/>
     <mergeCell ref="G9:H9"/>
     <mergeCell ref="C23:H23"/>
     <mergeCell ref="A19:A23"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="C6:D6"/>
     <mergeCell ref="C7:D7"/>
@@ -15078,203 +15074,203 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <sheetPr codeName="Sheet4">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:O57"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="L3" sqref="L3:M3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="24" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="11.88671875" customWidth="1"/>
     <col min="2" max="2" width="8.77734375" customWidth="1"/>
     <col min="3" max="3" width="56.21875" customWidth="1"/>
     <col min="4" max="4" width="2.6640625" customWidth="1"/>
     <col min="5" max="12" width="3.6640625" customWidth="1"/>
     <col min="13" max="13" width="2.6640625" customWidth="1"/>
     <col min="14" max="14" width="4.109375" customWidth="1"/>
     <col min="15" max="15" width="73.33203125" style="141" customWidth="1"/>
     <col min="16" max="16" width="73.33203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" s="2" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="368" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="B1" s="368"/>
       <c r="C1" s="368"/>
       <c r="D1" s="368"/>
       <c r="E1" s="368"/>
       <c r="F1" s="368"/>
       <c r="G1" s="368"/>
       <c r="H1" s="368"/>
       <c r="I1" s="368"/>
       <c r="J1" s="368"/>
       <c r="K1" s="368"/>
       <c r="L1" s="368"/>
       <c r="M1" s="368"/>
       <c r="O1" s="140"/>
     </row>
     <row r="2" spans="1:15" ht="31.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A2" s="172" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="B2" s="172"/>
       <c r="C2" s="172"/>
       <c r="D2" s="172"/>
       <c r="E2" s="172"/>
       <c r="F2" s="172"/>
       <c r="G2" s="172"/>
       <c r="H2" s="172"/>
       <c r="I2" s="172"/>
       <c r="J2" s="172"/>
       <c r="K2" s="172"/>
       <c r="L2" s="172"/>
       <c r="M2" s="172"/>
     </row>
     <row r="3" spans="1:15" s="17" customFormat="1" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="230" t="s">
-[...11 lines deleted...]
-      <c r="K3" s="232"/>
+      <c r="A3" s="180" t="s">
+        <v>381</v>
+      </c>
+      <c r="B3" s="181"/>
+      <c r="C3" s="181"/>
+      <c r="D3" s="181"/>
+      <c r="E3" s="181"/>
+      <c r="F3" s="181"/>
+      <c r="G3" s="181"/>
+      <c r="H3" s="181"/>
+      <c r="I3" s="181"/>
+      <c r="J3" s="181"/>
+      <c r="K3" s="182"/>
       <c r="L3" s="166"/>
       <c r="M3" s="369"/>
       <c r="O3" s="142"/>
     </row>
     <row r="4" spans="1:15" s="17" customFormat="1" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="230" t="s">
-[...11 lines deleted...]
-      <c r="K4" s="232"/>
+      <c r="A4" s="180" t="s">
+        <v>382</v>
+      </c>
+      <c r="B4" s="181"/>
+      <c r="C4" s="181"/>
+      <c r="D4" s="181"/>
+      <c r="E4" s="181"/>
+      <c r="F4" s="181"/>
+      <c r="G4" s="181"/>
+      <c r="H4" s="181"/>
+      <c r="I4" s="181"/>
+      <c r="J4" s="181"/>
+      <c r="K4" s="182"/>
       <c r="L4" s="166"/>
       <c r="M4" s="369"/>
       <c r="O4" s="142"/>
     </row>
     <row r="5" spans="1:15" s="17" customFormat="1" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="230" t="s">
-[...11 lines deleted...]
-      <c r="K5" s="232"/>
+      <c r="A5" s="180" t="s">
+        <v>383</v>
+      </c>
+      <c r="B5" s="181"/>
+      <c r="C5" s="181"/>
+      <c r="D5" s="181"/>
+      <c r="E5" s="181"/>
+      <c r="F5" s="181"/>
+      <c r="G5" s="181"/>
+      <c r="H5" s="181"/>
+      <c r="I5" s="181"/>
+      <c r="J5" s="181"/>
+      <c r="K5" s="182"/>
       <c r="L5" s="166"/>
       <c r="M5" s="369"/>
       <c r="O5" s="142"/>
     </row>
     <row r="6" spans="1:15" s="17" customFormat="1" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="230" t="s">
+      <c r="A6" s="180" t="s">
         <v>34</v>
       </c>
-      <c r="B6" s="215"/>
-[...8 lines deleted...]
-      <c r="K6" s="232"/>
+      <c r="B6" s="225"/>
+      <c r="C6" s="225"/>
+      <c r="D6" s="225"/>
+      <c r="E6" s="225"/>
+      <c r="F6" s="225"/>
+      <c r="G6" s="225"/>
+      <c r="H6" s="225"/>
+      <c r="I6" s="225"/>
+      <c r="J6" s="225"/>
+      <c r="K6" s="182"/>
       <c r="L6" s="166"/>
       <c r="M6" s="369"/>
       <c r="O6" s="142"/>
     </row>
     <row r="7" spans="1:15" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A7" s="92" t="s">
         <v>192</v>
       </c>
       <c r="B7" s="363"/>
       <c r="C7" s="364"/>
       <c r="D7" s="364"/>
       <c r="E7" s="364"/>
       <c r="F7" s="364"/>
       <c r="G7" s="364"/>
       <c r="H7" s="364"/>
       <c r="I7" s="364"/>
       <c r="J7" s="365"/>
       <c r="K7" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="8" spans="1:15" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="72"/>
       <c r="B8" s="72"/>
       <c r="C8" s="72"/>
       <c r="D8" s="72"/>
       <c r="E8" s="72"/>
       <c r="F8" s="72"/>
       <c r="G8" s="72"/>
       <c r="H8" s="72"/>
       <c r="I8" s="72"/>
       <c r="J8" s="72"/>
       <c r="K8" s="72"/>
       <c r="L8" s="79"/>
       <c r="M8" s="79"/>
     </row>
     <row r="9" spans="1:15" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A9" s="226" t="s">
-[...13 lines deleted...]
-      <c r="M9" s="226"/>
+      <c r="A9" s="176" t="s">
+        <v>375</v>
+      </c>
+      <c r="B9" s="176"/>
+      <c r="C9" s="176"/>
+      <c r="D9" s="176"/>
+      <c r="E9" s="176"/>
+      <c r="F9" s="176"/>
+      <c r="G9" s="176"/>
+      <c r="H9" s="176"/>
+      <c r="I9" s="176"/>
+      <c r="J9" s="176"/>
+      <c r="K9" s="176"/>
+      <c r="L9" s="176"/>
+      <c r="M9" s="176"/>
     </row>
     <row r="10" spans="1:15" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="366" t="s">
         <v>114</v>
       </c>
       <c r="B10" s="366"/>
       <c r="C10" s="366"/>
       <c r="D10" s="366"/>
       <c r="E10" s="366"/>
       <c r="F10" s="366"/>
       <c r="G10" s="366"/>
       <c r="H10" s="366"/>
       <c r="I10" s="366"/>
       <c r="J10" s="366"/>
       <c r="K10" s="366"/>
       <c r="L10" s="366"/>
       <c r="M10" s="366"/>
     </row>
     <row r="11" spans="1:15" ht="10.050000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A11" s="74"/>
       <c r="B11" s="93"/>
       <c r="C11" s="93"/>
       <c r="D11" s="93"/>
       <c r="E11" s="93"/>
       <c r="F11" s="93"/>
@@ -15298,113 +15294,113 @@
       <c r="G12" s="367"/>
       <c r="H12" s="367"/>
       <c r="I12" s="367"/>
       <c r="J12" s="367"/>
       <c r="K12" s="331"/>
       <c r="L12" s="348"/>
       <c r="M12" s="349"/>
     </row>
     <row r="13" spans="1:15" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A13" s="72"/>
       <c r="B13" s="72"/>
       <c r="C13" s="72"/>
       <c r="D13" s="94"/>
       <c r="E13" s="94"/>
       <c r="F13" s="95"/>
       <c r="G13" s="95"/>
       <c r="H13" s="95"/>
       <c r="I13" s="95"/>
       <c r="J13" s="95"/>
       <c r="K13" s="95"/>
       <c r="L13" s="96"/>
       <c r="M13" s="96"/>
     </row>
     <row r="14" spans="1:15" ht="31.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A14" s="172" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="B14" s="172"/>
       <c r="C14" s="172"/>
       <c r="D14" s="172"/>
       <c r="E14" s="172"/>
       <c r="F14" s="172"/>
       <c r="G14" s="172"/>
       <c r="H14" s="172"/>
       <c r="I14" s="172"/>
       <c r="J14" s="172"/>
       <c r="K14" s="172"/>
       <c r="L14" s="172"/>
       <c r="M14" s="172"/>
     </row>
     <row r="15" spans="1:15" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A15" s="331" t="s">
         <v>340</v>
       </c>
       <c r="B15" s="332"/>
       <c r="C15" s="332"/>
       <c r="D15" s="332"/>
       <c r="E15" s="332"/>
       <c r="F15" s="332"/>
       <c r="G15" s="332"/>
       <c r="H15" s="332"/>
       <c r="I15" s="332"/>
       <c r="J15" s="332"/>
       <c r="K15" s="350"/>
       <c r="L15" s="348"/>
       <c r="M15" s="349"/>
     </row>
     <row r="16" spans="1:15" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="230" t="s">
-[...11 lines deleted...]
-      <c r="K16" s="232"/>
+      <c r="A16" s="180" t="s">
+        <v>380</v>
+      </c>
+      <c r="B16" s="181"/>
+      <c r="C16" s="181"/>
+      <c r="D16" s="181"/>
+      <c r="E16" s="181"/>
+      <c r="F16" s="181"/>
+      <c r="G16" s="181"/>
+      <c r="H16" s="181"/>
+      <c r="I16" s="181"/>
+      <c r="J16" s="181"/>
+      <c r="K16" s="182"/>
       <c r="L16" s="348"/>
       <c r="M16" s="349"/>
     </row>
     <row r="17" spans="1:15" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="230" t="s">
-[...11 lines deleted...]
-      <c r="K17" s="232"/>
+      <c r="A17" s="180" t="s">
+        <v>408</v>
+      </c>
+      <c r="B17" s="181"/>
+      <c r="C17" s="181"/>
+      <c r="D17" s="181"/>
+      <c r="E17" s="181"/>
+      <c r="F17" s="181"/>
+      <c r="G17" s="181"/>
+      <c r="H17" s="181"/>
+      <c r="I17" s="181"/>
+      <c r="J17" s="181"/>
+      <c r="K17" s="182"/>
       <c r="L17" s="348"/>
       <c r="M17" s="349"/>
     </row>
     <row r="18" spans="1:15" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A18" s="331" t="s">
         <v>108</v>
       </c>
       <c r="B18" s="370"/>
       <c r="C18" s="370"/>
       <c r="D18" s="370"/>
       <c r="E18" s="370"/>
       <c r="F18" s="370"/>
       <c r="G18" s="370"/>
       <c r="H18" s="370"/>
       <c r="I18" s="370"/>
       <c r="J18" s="370"/>
       <c r="K18" s="350"/>
       <c r="L18" s="348"/>
       <c r="M18" s="349"/>
     </row>
     <row r="19" spans="1:15" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A19" s="92" t="s">
         <v>192</v>
       </c>
       <c r="B19" s="351"/>
@@ -15416,490 +15412,490 @@
       <c r="H19" s="352"/>
       <c r="I19" s="352"/>
       <c r="J19" s="353"/>
       <c r="K19" s="97" t="s">
         <v>191</v>
       </c>
       <c r="L19" s="98"/>
     </row>
     <row r="20" spans="1:15" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="72"/>
       <c r="B20" s="72"/>
       <c r="C20" s="72"/>
       <c r="D20" s="72"/>
       <c r="E20" s="72"/>
       <c r="F20" s="72"/>
       <c r="G20" s="72"/>
       <c r="H20" s="72"/>
       <c r="I20" s="72"/>
       <c r="J20" s="72"/>
       <c r="K20" s="72"/>
       <c r="L20" s="79"/>
       <c r="M20" s="79"/>
     </row>
     <row r="21" spans="1:15" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="172" t="s">
-        <v>437</v>
+        <v>436</v>
       </c>
       <c r="B21" s="172"/>
       <c r="C21" s="172"/>
       <c r="D21" s="172"/>
       <c r="E21" s="172"/>
       <c r="F21" s="172"/>
       <c r="G21" s="172"/>
       <c r="H21" s="172"/>
       <c r="I21" s="172"/>
       <c r="J21" s="172"/>
       <c r="K21" s="172"/>
       <c r="L21" s="172"/>
       <c r="M21" s="172"/>
     </row>
     <row r="22" spans="1:15" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="371" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="B22" s="371"/>
       <c r="C22" s="371"/>
       <c r="D22" s="371"/>
       <c r="E22" s="371"/>
       <c r="F22" s="371"/>
       <c r="G22" s="371"/>
       <c r="H22" s="371"/>
       <c r="I22" s="371"/>
       <c r="J22" s="371"/>
       <c r="K22" s="371"/>
       <c r="L22" s="371"/>
       <c r="M22" s="371"/>
     </row>
     <row r="23" spans="1:15" ht="10.050000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A23" s="74"/>
       <c r="B23" s="93"/>
       <c r="C23" s="93"/>
       <c r="D23" s="93"/>
       <c r="E23" s="93"/>
       <c r="F23" s="93"/>
       <c r="G23" s="93"/>
       <c r="H23" s="93"/>
       <c r="I23" s="93"/>
       <c r="J23" s="93"/>
       <c r="K23" s="93"/>
       <c r="L23" s="93"/>
       <c r="M23" s="93"/>
     </row>
     <row r="24" spans="1:15" ht="20.55" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A24" s="367" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="B24" s="367"/>
       <c r="C24" s="367"/>
       <c r="D24" s="367"/>
       <c r="E24" s="367"/>
       <c r="F24" s="367"/>
       <c r="G24" s="367"/>
       <c r="H24" s="367"/>
       <c r="I24" s="367"/>
       <c r="J24" s="367"/>
       <c r="K24" s="331"/>
       <c r="L24" s="348"/>
       <c r="M24" s="349"/>
     </row>
     <row r="25" spans="1:15" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A25" s="72"/>
       <c r="B25" s="72"/>
       <c r="C25" s="72"/>
       <c r="D25" s="94"/>
       <c r="E25" s="94"/>
       <c r="F25" s="95"/>
       <c r="G25" s="95"/>
       <c r="H25" s="95"/>
       <c r="I25" s="95"/>
       <c r="J25" s="95"/>
       <c r="K25" s="95"/>
       <c r="L25" s="96"/>
       <c r="M25" s="96"/>
     </row>
     <row r="26" spans="1:15" ht="33" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A26" s="172" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="B26" s="172"/>
       <c r="C26" s="172"/>
       <c r="D26" s="172"/>
       <c r="E26" s="172"/>
       <c r="F26" s="172"/>
       <c r="G26" s="172"/>
       <c r="H26" s="172"/>
       <c r="I26" s="172"/>
       <c r="J26" s="172"/>
       <c r="K26" s="172"/>
       <c r="L26" s="172"/>
       <c r="M26" s="172"/>
     </row>
     <row r="27" spans="1:15" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A27" s="331" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="B27" s="332"/>
       <c r="C27" s="332"/>
       <c r="D27" s="332"/>
       <c r="E27" s="332"/>
       <c r="F27" s="332"/>
       <c r="G27" s="332"/>
       <c r="H27" s="332"/>
       <c r="I27" s="332"/>
       <c r="J27" s="332"/>
       <c r="K27" s="350"/>
       <c r="L27" s="348"/>
       <c r="M27" s="349"/>
       <c r="O27" s="143"/>
     </row>
     <row r="28" spans="1:15" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A28" s="144" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="B28" s="145"/>
       <c r="C28" s="145"/>
       <c r="D28" s="145"/>
       <c r="E28" s="145"/>
       <c r="F28" s="145"/>
       <c r="G28" s="145"/>
       <c r="H28" s="145"/>
       <c r="I28" s="145"/>
       <c r="J28" s="145"/>
       <c r="K28" s="146"/>
       <c r="L28" s="348"/>
       <c r="M28" s="349"/>
       <c r="O28" s="143"/>
     </row>
     <row r="29" spans="1:15" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A29" s="152" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="B29" s="145"/>
       <c r="C29" s="145"/>
       <c r="D29" s="145"/>
       <c r="E29" s="145"/>
       <c r="F29" s="145"/>
       <c r="G29" s="145"/>
       <c r="H29" s="145"/>
       <c r="I29" s="145"/>
       <c r="J29" s="145"/>
       <c r="K29" s="146"/>
       <c r="L29" s="348"/>
       <c r="M29" s="349"/>
       <c r="O29" s="143"/>
     </row>
     <row r="30" spans="1:15" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A30" s="144" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="B30" s="145"/>
       <c r="C30" s="145"/>
       <c r="D30" s="145"/>
       <c r="E30" s="145"/>
       <c r="F30" s="145"/>
       <c r="G30" s="145"/>
       <c r="H30" s="145"/>
       <c r="I30" s="145"/>
       <c r="J30" s="145"/>
       <c r="K30" s="146"/>
       <c r="L30" s="348"/>
       <c r="M30" s="349"/>
       <c r="O30" s="143"/>
     </row>
     <row r="31" spans="1:15" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A31" s="331" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="B31" s="332"/>
       <c r="C31" s="332"/>
       <c r="D31" s="332"/>
       <c r="E31" s="332"/>
       <c r="F31" s="332"/>
       <c r="G31" s="332"/>
       <c r="H31" s="332"/>
       <c r="I31" s="332"/>
       <c r="J31" s="332"/>
       <c r="K31" s="350"/>
       <c r="L31" s="348"/>
       <c r="M31" s="349"/>
       <c r="O31" s="143"/>
     </row>
     <row r="32" spans="1:15" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A32" s="144" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
       <c r="B32" s="145"/>
       <c r="C32" s="145"/>
       <c r="D32" s="145"/>
       <c r="E32" s="145"/>
       <c r="F32" s="145"/>
       <c r="G32" s="145"/>
       <c r="H32" s="145"/>
       <c r="I32" s="145"/>
       <c r="J32" s="145"/>
       <c r="K32" s="146"/>
       <c r="L32" s="348"/>
       <c r="M32" s="349"/>
       <c r="O32" s="143"/>
     </row>
     <row r="33" spans="1:15" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A33" s="331" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="B33" s="332"/>
       <c r="C33" s="332"/>
       <c r="D33" s="332"/>
       <c r="E33" s="332"/>
       <c r="F33" s="332"/>
       <c r="G33" s="332"/>
       <c r="H33" s="332"/>
       <c r="I33" s="332"/>
       <c r="J33" s="332"/>
       <c r="K33" s="350"/>
       <c r="L33" s="348"/>
       <c r="M33" s="349"/>
       <c r="O33" s="143"/>
     </row>
     <row r="34" spans="1:15" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A34" s="144" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="B34" s="145"/>
       <c r="C34" s="145"/>
       <c r="D34" s="145"/>
       <c r="E34" s="145"/>
       <c r="F34" s="145"/>
       <c r="G34" s="145"/>
       <c r="H34" s="145"/>
       <c r="I34" s="145"/>
       <c r="J34" s="145"/>
       <c r="K34" s="146"/>
       <c r="L34" s="348"/>
       <c r="M34" s="349"/>
       <c r="O34" s="143"/>
     </row>
     <row r="35" spans="1:15" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A35" s="331" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="B35" s="332"/>
       <c r="C35" s="332"/>
       <c r="D35" s="332"/>
       <c r="E35" s="332"/>
       <c r="F35" s="332"/>
       <c r="G35" s="332"/>
       <c r="H35" s="332"/>
       <c r="I35" s="332"/>
       <c r="J35" s="332"/>
       <c r="K35" s="350"/>
       <c r="L35" s="348"/>
       <c r="M35" s="349"/>
       <c r="O35" s="143"/>
     </row>
     <row r="36" spans="1:15" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A36" s="144" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="B36" s="145"/>
       <c r="C36" s="145"/>
       <c r="D36" s="145"/>
       <c r="E36" s="145"/>
       <c r="F36" s="145"/>
       <c r="G36" s="145"/>
       <c r="H36" s="145"/>
       <c r="I36" s="145"/>
       <c r="J36" s="145"/>
       <c r="K36" s="146"/>
       <c r="L36" s="348"/>
       <c r="M36" s="349"/>
       <c r="O36" s="143"/>
     </row>
     <row r="37" spans="1:15" ht="19.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A37" s="331" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="B37" s="332"/>
       <c r="C37" s="332"/>
       <c r="D37" s="332"/>
       <c r="E37" s="332"/>
       <c r="F37" s="332"/>
       <c r="G37" s="332"/>
       <c r="H37" s="332"/>
       <c r="I37" s="332"/>
       <c r="J37" s="332"/>
       <c r="K37" s="350"/>
       <c r="L37" s="348"/>
       <c r="M37" s="349"/>
       <c r="O37" s="143"/>
     </row>
     <row r="38" spans="1:15" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A38" s="147" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="B38" s="351"/>
       <c r="C38" s="352"/>
       <c r="D38" s="352"/>
       <c r="E38" s="352"/>
       <c r="F38" s="352"/>
       <c r="G38" s="352"/>
       <c r="H38" s="352"/>
       <c r="I38" s="352"/>
       <c r="J38" s="353"/>
       <c r="K38" s="97" t="s">
         <v>191</v>
       </c>
       <c r="L38" s="98"/>
       <c r="O38" s="143"/>
     </row>
     <row r="39" spans="1:15" ht="8.5500000000000007" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="99"/>
       <c r="B39" s="99"/>
       <c r="C39" s="99"/>
       <c r="D39" s="99"/>
       <c r="E39" s="99"/>
       <c r="F39" s="99"/>
       <c r="G39" s="99"/>
       <c r="H39" s="99"/>
       <c r="I39" s="99"/>
       <c r="J39" s="99"/>
       <c r="K39" s="99"/>
       <c r="L39" s="99"/>
       <c r="M39" s="99"/>
       <c r="O39" s="143"/>
     </row>
     <row r="40" spans="1:15" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A40" s="172" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="B40" s="172"/>
       <c r="C40" s="172"/>
       <c r="D40" s="172"/>
       <c r="E40" s="172"/>
       <c r="F40" s="172"/>
       <c r="G40" s="172"/>
       <c r="H40" s="172"/>
       <c r="I40" s="172"/>
       <c r="J40" s="172"/>
       <c r="K40" s="172"/>
       <c r="L40" s="172"/>
       <c r="M40" s="172"/>
       <c r="O40" s="143"/>
     </row>
     <row r="41" spans="1:15" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A41" s="331" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="B41" s="332"/>
       <c r="C41" s="332"/>
       <c r="D41" s="332"/>
       <c r="E41" s="332"/>
       <c r="F41" s="332"/>
       <c r="G41" s="332"/>
       <c r="H41" s="332"/>
       <c r="I41" s="332"/>
       <c r="J41" s="332"/>
       <c r="K41" s="350"/>
       <c r="L41" s="348"/>
       <c r="M41" s="349"/>
       <c r="O41" s="143"/>
     </row>
     <row r="42" spans="1:15" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A42" s="331" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="B42" s="332"/>
       <c r="C42" s="332"/>
       <c r="D42" s="332"/>
       <c r="E42" s="332"/>
       <c r="F42" s="332"/>
       <c r="G42" s="332"/>
       <c r="H42" s="332"/>
       <c r="I42" s="332"/>
       <c r="J42" s="332"/>
       <c r="K42" s="350"/>
       <c r="L42" s="348"/>
       <c r="M42" s="349"/>
       <c r="O42" s="143"/>
     </row>
     <row r="43" spans="1:15" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A43" s="331" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="B43" s="332"/>
       <c r="C43" s="332"/>
       <c r="D43" s="332"/>
       <c r="E43" s="332"/>
       <c r="F43" s="332"/>
       <c r="G43" s="332"/>
       <c r="H43" s="332"/>
       <c r="I43" s="332"/>
       <c r="J43" s="332"/>
       <c r="K43" s="350"/>
       <c r="L43" s="348"/>
       <c r="M43" s="349"/>
       <c r="O43" s="143"/>
     </row>
     <row r="44" spans="1:15" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A44" s="331" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="B44" s="332"/>
       <c r="C44" s="332"/>
       <c r="D44" s="332"/>
       <c r="E44" s="332"/>
       <c r="F44" s="332"/>
       <c r="G44" s="332"/>
       <c r="H44" s="332"/>
       <c r="I44" s="332"/>
       <c r="J44" s="332"/>
       <c r="K44" s="350"/>
       <c r="L44" s="348"/>
       <c r="M44" s="349"/>
       <c r="O44" s="143"/>
     </row>
     <row r="45" spans="1:15" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A45" s="331" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="B45" s="332"/>
       <c r="C45" s="332"/>
       <c r="D45" s="332"/>
       <c r="E45" s="332"/>
       <c r="F45" s="332"/>
       <c r="G45" s="332"/>
       <c r="H45" s="332"/>
       <c r="I45" s="332"/>
       <c r="J45" s="332"/>
       <c r="K45" s="350"/>
       <c r="L45" s="348"/>
       <c r="M45" s="349"/>
       <c r="O45" s="143"/>
     </row>
     <row r="46" spans="1:15" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A46" s="331" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="B46" s="332"/>
       <c r="C46" s="332"/>
       <c r="D46" s="332"/>
       <c r="E46" s="332"/>
       <c r="F46" s="332"/>
       <c r="G46" s="332"/>
       <c r="H46" s="332"/>
       <c r="I46" s="332"/>
       <c r="J46" s="332"/>
       <c r="K46" s="350"/>
       <c r="L46" s="348"/>
       <c r="M46" s="349"/>
       <c r="O46" s="143"/>
     </row>
     <row r="47" spans="1:15" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A47" s="92" t="s">
         <v>192</v>
       </c>
       <c r="B47" s="351"/>
       <c r="C47" s="352"/>
       <c r="D47" s="352"/>
       <c r="E47" s="352"/>
       <c r="F47" s="352"/>
       <c r="G47" s="352"/>
@@ -15908,51 +15904,51 @@
       <c r="J47" s="353"/>
       <c r="K47" s="97" t="s">
         <v>191</v>
       </c>
       <c r="L47" s="98"/>
       <c r="O47" s="143"/>
     </row>
     <row r="48" spans="1:15" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A48" s="72"/>
       <c r="B48" s="72"/>
       <c r="C48" s="72"/>
       <c r="D48" s="94"/>
       <c r="E48" s="94"/>
       <c r="F48" s="95"/>
       <c r="G48" s="95"/>
       <c r="H48" s="95"/>
       <c r="I48" s="95"/>
       <c r="J48" s="95"/>
       <c r="K48" s="95"/>
       <c r="L48" s="96"/>
       <c r="M48" s="96"/>
       <c r="O48" s="143"/>
     </row>
     <row r="49" spans="1:15" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="337" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="B49" s="337"/>
       <c r="C49" s="337"/>
       <c r="D49" s="337"/>
       <c r="E49" s="337"/>
       <c r="F49" s="337"/>
       <c r="G49" s="337"/>
       <c r="H49" s="337"/>
       <c r="I49" s="337"/>
       <c r="J49" s="337"/>
       <c r="K49" s="337"/>
       <c r="L49" s="337"/>
       <c r="M49" s="337"/>
       <c r="O49" s="143"/>
     </row>
     <row r="50" spans="1:15" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A50" s="100" t="s">
         <v>112</v>
       </c>
       <c r="B50" s="360" t="s">
         <v>117</v>
       </c>
       <c r="C50" s="361"/>
       <c r="D50" s="361"/>
       <c r="E50" s="361"/>
@@ -16191,79 +16187,79 @@
     <sheetView topLeftCell="A5" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="G10" sqref="G10:G14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.2" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="7.6640625" style="115" customWidth="1"/>
     <col min="2" max="2" width="2.6640625" style="114" customWidth="1"/>
     <col min="3" max="3" width="16.21875" style="114" customWidth="1"/>
     <col min="4" max="4" width="4.6640625" style="113" customWidth="1"/>
     <col min="5" max="5" width="58.6640625" style="112" customWidth="1"/>
     <col min="6" max="6" width="4.6640625" style="18" customWidth="1"/>
     <col min="7" max="7" width="10.6640625" style="18" customWidth="1"/>
     <col min="8" max="9" width="5.6640625" style="17" customWidth="1"/>
     <col min="10" max="10" width="10.6640625" style="17" customWidth="1"/>
     <col min="11" max="11" width="7.88671875" customWidth="1"/>
     <col min="12" max="13" width="3.6640625" customWidth="1"/>
     <col min="14" max="15" width="2.6640625" customWidth="1"/>
     <col min="16" max="17" width="1.6640625" customWidth="1"/>
     <col min="18" max="18" width="6.6640625" customWidth="1"/>
     <col min="19" max="16384" width="9" style="17"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="19.2" x14ac:dyDescent="0.2">
       <c r="A1" s="467" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="B1" s="467"/>
       <c r="C1" s="467"/>
       <c r="D1" s="467"/>
       <c r="E1" s="467"/>
       <c r="F1" s="467"/>
       <c r="G1" s="467"/>
       <c r="H1" s="467"/>
       <c r="I1" s="467"/>
       <c r="J1" s="467"/>
     </row>
     <row r="2" spans="1:18" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="468" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="B2" s="468"/>
       <c r="C2" s="468"/>
       <c r="D2" s="468"/>
       <c r="E2" s="468"/>
       <c r="F2" s="468"/>
       <c r="G2" s="468"/>
       <c r="H2" s="468"/>
       <c r="I2" s="468"/>
       <c r="J2" s="468"/>
     </row>
     <row r="3" spans="1:18" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="172" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="B3" s="172"/>
       <c r="C3" s="172"/>
       <c r="D3" s="172"/>
       <c r="E3" s="172"/>
       <c r="F3" s="172"/>
       <c r="G3" s="172"/>
       <c r="H3" s="172"/>
       <c r="I3" s="172"/>
       <c r="J3" s="172"/>
     </row>
     <row r="4" spans="1:18" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="104"/>
       <c r="B4" s="104"/>
       <c r="C4" s="104"/>
       <c r="D4" s="104"/>
       <c r="E4" s="104"/>
       <c r="F4" s="104"/>
       <c r="G4" s="104"/>
       <c r="H4" s="104"/>
       <c r="I4" s="104"/>
       <c r="J4" s="104"/>
     </row>
     <row r="5" spans="1:18" ht="39" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="469" t="s">
@@ -16271,51 +16267,51 @@
       </c>
       <c r="B5" s="469"/>
       <c r="C5" s="469"/>
       <c r="D5" s="469"/>
       <c r="E5" s="469"/>
       <c r="F5" s="469"/>
       <c r="G5" s="469"/>
       <c r="H5" s="469"/>
       <c r="I5" s="469"/>
       <c r="J5" s="469"/>
     </row>
     <row r="6" spans="1:18" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="104"/>
       <c r="B6" s="104"/>
       <c r="C6" s="104"/>
       <c r="D6" s="104"/>
       <c r="E6" s="104"/>
       <c r="F6" s="104"/>
       <c r="G6" s="104"/>
       <c r="H6" s="104"/>
       <c r="I6" s="104"/>
       <c r="J6" s="104"/>
     </row>
     <row r="7" spans="1:18" s="106" customFormat="1" ht="39" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="399" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="B7" s="399"/>
       <c r="C7" s="399"/>
       <c r="D7" s="399"/>
       <c r="E7" s="399"/>
       <c r="F7" s="399"/>
       <c r="G7" s="399"/>
       <c r="H7" s="105"/>
       <c r="I7" s="105"/>
       <c r="J7" s="105"/>
       <c r="K7"/>
       <c r="L7"/>
       <c r="M7"/>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7"/>
       <c r="Q7"/>
       <c r="R7"/>
     </row>
     <row r="8" spans="1:18" ht="55.2" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="444" t="s">
         <v>35</v>
       </c>
       <c r="B8" s="444" t="s">
         <v>92</v>
@@ -16333,54 +16329,54 @@
       </c>
       <c r="H8" s="382" t="s">
         <v>317</v>
       </c>
       <c r="I8" s="445"/>
       <c r="J8" s="388" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="9" spans="1:18" ht="13.8" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A9" s="444"/>
       <c r="B9" s="444"/>
       <c r="C9" s="444"/>
       <c r="D9" s="444"/>
       <c r="E9" s="444"/>
       <c r="F9" s="449"/>
       <c r="G9" s="448"/>
       <c r="H9" s="386"/>
       <c r="I9" s="446"/>
       <c r="J9" s="391"/>
     </row>
     <row r="10" spans="1:18" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="450" t="s">
         <v>36</v>
       </c>
-      <c r="B10" s="220" t="s">
+      <c r="B10" s="230" t="s">
         <v>36</v>
       </c>
-      <c r="C10" s="222"/>
+      <c r="C10" s="232"/>
       <c r="D10" s="409" t="s">
         <v>193</v>
       </c>
       <c r="E10" s="410"/>
       <c r="F10" s="382">
         <v>1</v>
       </c>
       <c r="G10" s="392"/>
       <c r="H10" s="453"/>
       <c r="I10" s="454"/>
       <c r="J10" s="372"/>
     </row>
     <row r="11" spans="1:18" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="451"/>
       <c r="B11" s="378"/>
       <c r="C11" s="379"/>
       <c r="D11" s="411"/>
       <c r="E11" s="412"/>
       <c r="F11" s="384"/>
       <c r="G11" s="393"/>
       <c r="H11" s="453"/>
       <c r="I11" s="454"/>
       <c r="J11" s="373"/>
     </row>
     <row r="12" spans="1:18" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
@@ -16551,1329 +16547,1329 @@
       <c r="A25" s="451"/>
       <c r="B25" s="378"/>
       <c r="C25" s="379"/>
       <c r="D25" s="409" t="s">
         <v>166</v>
       </c>
       <c r="E25" s="410"/>
       <c r="F25" s="406">
         <v>4</v>
       </c>
       <c r="G25" s="375"/>
       <c r="H25" s="457"/>
       <c r="I25" s="458"/>
       <c r="J25" s="396"/>
     </row>
     <row r="26" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="451"/>
       <c r="B26" s="378"/>
       <c r="C26" s="379"/>
       <c r="D26" s="411"/>
       <c r="E26" s="412"/>
       <c r="F26" s="407"/>
       <c r="G26" s="376"/>
       <c r="H26" s="457"/>
       <c r="I26" s="458"/>
-      <c r="J26" s="219"/>
+      <c r="J26" s="229"/>
     </row>
     <row r="27" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="451"/>
       <c r="B27" s="378"/>
       <c r="C27" s="379"/>
       <c r="D27" s="411"/>
       <c r="E27" s="412"/>
       <c r="F27" s="407"/>
       <c r="G27" s="376"/>
       <c r="H27" s="457"/>
       <c r="I27" s="458"/>
-      <c r="J27" s="219"/>
+      <c r="J27" s="229"/>
     </row>
     <row r="28" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="451"/>
       <c r="B28" s="378"/>
       <c r="C28" s="379"/>
       <c r="D28" s="411"/>
       <c r="E28" s="412"/>
       <c r="F28" s="407"/>
       <c r="G28" s="376"/>
       <c r="H28" s="457"/>
       <c r="I28" s="458"/>
-      <c r="J28" s="219"/>
+      <c r="J28" s="229"/>
     </row>
     <row r="29" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A29" s="451"/>
       <c r="B29" s="378"/>
       <c r="C29" s="379"/>
       <c r="D29" s="411"/>
       <c r="E29" s="412"/>
       <c r="F29" s="407"/>
       <c r="G29" s="376"/>
       <c r="H29" s="459"/>
       <c r="I29" s="460"/>
-      <c r="J29" s="219"/>
+      <c r="J29" s="229"/>
     </row>
     <row r="30" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="451"/>
-      <c r="B30" s="220" t="s">
+      <c r="B30" s="230" t="s">
         <v>57</v>
       </c>
-      <c r="C30" s="222"/>
+      <c r="C30" s="232"/>
       <c r="D30" s="409" t="s">
         <v>55</v>
       </c>
       <c r="E30" s="410"/>
       <c r="F30" s="406">
         <v>5</v>
       </c>
       <c r="G30" s="375"/>
       <c r="H30" s="400"/>
       <c r="I30" s="401"/>
       <c r="J30" s="396"/>
     </row>
     <row r="31" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="451"/>
       <c r="B31" s="378"/>
       <c r="C31" s="379"/>
       <c r="D31" s="411"/>
       <c r="E31" s="412"/>
       <c r="F31" s="407"/>
       <c r="G31" s="376"/>
       <c r="H31" s="402"/>
       <c r="I31" s="403"/>
-      <c r="J31" s="219"/>
+      <c r="J31" s="229"/>
     </row>
     <row r="32" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="451"/>
       <c r="B32" s="378"/>
       <c r="C32" s="379"/>
       <c r="D32" s="411"/>
       <c r="E32" s="412"/>
       <c r="F32" s="407"/>
       <c r="G32" s="376"/>
       <c r="H32" s="402"/>
       <c r="I32" s="403"/>
-      <c r="J32" s="219"/>
+      <c r="J32" s="229"/>
     </row>
     <row r="33" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="451"/>
       <c r="B33" s="378"/>
       <c r="C33" s="379"/>
       <c r="D33" s="411"/>
       <c r="E33" s="412"/>
       <c r="F33" s="407"/>
       <c r="G33" s="376"/>
       <c r="H33" s="402"/>
       <c r="I33" s="403"/>
-      <c r="J33" s="219"/>
+      <c r="J33" s="229"/>
     </row>
     <row r="34" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="451"/>
       <c r="B34" s="378"/>
       <c r="C34" s="379"/>
       <c r="D34" s="411"/>
       <c r="E34" s="412"/>
       <c r="F34" s="407"/>
       <c r="G34" s="376"/>
       <c r="H34" s="402"/>
       <c r="I34" s="403"/>
-      <c r="J34" s="219"/>
+      <c r="J34" s="229"/>
     </row>
     <row r="35" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A35" s="451"/>
       <c r="B35" s="378"/>
       <c r="C35" s="379"/>
       <c r="D35" s="413"/>
       <c r="E35" s="414"/>
       <c r="F35" s="408"/>
       <c r="G35" s="377"/>
       <c r="H35" s="404"/>
       <c r="I35" s="405"/>
-      <c r="J35" s="193"/>
+      <c r="J35" s="203"/>
     </row>
     <row r="36" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="451"/>
       <c r="B36" s="378"/>
       <c r="C36" s="379"/>
       <c r="D36" s="409" t="s">
         <v>56</v>
       </c>
       <c r="E36" s="410"/>
       <c r="F36" s="406">
         <v>6</v>
       </c>
       <c r="G36" s="375"/>
       <c r="H36" s="400"/>
       <c r="I36" s="401"/>
       <c r="J36" s="396"/>
     </row>
     <row r="37" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="451"/>
       <c r="B37" s="378"/>
       <c r="C37" s="379"/>
       <c r="D37" s="411"/>
       <c r="E37" s="412"/>
       <c r="F37" s="407"/>
       <c r="G37" s="376"/>
       <c r="H37" s="402"/>
       <c r="I37" s="403"/>
-      <c r="J37" s="219"/>
+      <c r="J37" s="229"/>
     </row>
     <row r="38" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="451"/>
       <c r="B38" s="378"/>
       <c r="C38" s="379"/>
       <c r="D38" s="411"/>
       <c r="E38" s="412"/>
       <c r="F38" s="407"/>
       <c r="G38" s="376"/>
       <c r="H38" s="402"/>
       <c r="I38" s="403"/>
-      <c r="J38" s="219"/>
+      <c r="J38" s="229"/>
     </row>
     <row r="39" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="451"/>
       <c r="B39" s="378"/>
       <c r="C39" s="379"/>
       <c r="D39" s="411"/>
       <c r="E39" s="412"/>
       <c r="F39" s="407"/>
       <c r="G39" s="376"/>
       <c r="H39" s="402"/>
       <c r="I39" s="403"/>
-      <c r="J39" s="219"/>
+      <c r="J39" s="229"/>
     </row>
     <row r="40" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="451"/>
       <c r="B40" s="378"/>
       <c r="C40" s="379"/>
       <c r="D40" s="411"/>
       <c r="E40" s="412"/>
       <c r="F40" s="407"/>
       <c r="G40" s="376"/>
       <c r="H40" s="402"/>
       <c r="I40" s="403"/>
-      <c r="J40" s="219"/>
+      <c r="J40" s="229"/>
     </row>
     <row r="41" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A41" s="452"/>
       <c r="B41" s="380"/>
       <c r="C41" s="381"/>
       <c r="D41" s="413"/>
       <c r="E41" s="414"/>
       <c r="F41" s="408"/>
       <c r="G41" s="377"/>
       <c r="H41" s="404"/>
       <c r="I41" s="405"/>
-      <c r="J41" s="193"/>
+      <c r="J41" s="203"/>
     </row>
     <row r="42" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="388" t="s">
         <v>37</v>
       </c>
-      <c r="B42" s="220" t="s">
+      <c r="B42" s="230" t="s">
         <v>38</v>
       </c>
-      <c r="C42" s="222"/>
+      <c r="C42" s="232"/>
       <c r="D42" s="409" t="s">
         <v>58</v>
       </c>
       <c r="E42" s="410"/>
       <c r="F42" s="406">
         <v>7</v>
       </c>
       <c r="G42" s="375"/>
       <c r="H42" s="400"/>
       <c r="I42" s="401"/>
       <c r="J42" s="396"/>
     </row>
     <row r="43" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="389"/>
       <c r="B43" s="378"/>
       <c r="C43" s="379"/>
       <c r="D43" s="411"/>
       <c r="E43" s="412"/>
       <c r="F43" s="407"/>
       <c r="G43" s="376"/>
       <c r="H43" s="402"/>
       <c r="I43" s="403"/>
-      <c r="J43" s="219"/>
+      <c r="J43" s="229"/>
     </row>
     <row r="44" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="389"/>
       <c r="B44" s="378"/>
       <c r="C44" s="379"/>
       <c r="D44" s="411"/>
       <c r="E44" s="412"/>
       <c r="F44" s="407"/>
       <c r="G44" s="376"/>
       <c r="H44" s="402"/>
       <c r="I44" s="403"/>
-      <c r="J44" s="219"/>
+      <c r="J44" s="229"/>
     </row>
     <row r="45" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="389"/>
       <c r="B45" s="378"/>
       <c r="C45" s="379"/>
       <c r="D45" s="411"/>
       <c r="E45" s="412"/>
       <c r="F45" s="407"/>
       <c r="G45" s="376"/>
       <c r="H45" s="402"/>
       <c r="I45" s="403"/>
-      <c r="J45" s="219"/>
+      <c r="J45" s="229"/>
     </row>
     <row r="46" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="389"/>
       <c r="B46" s="378"/>
       <c r="C46" s="379"/>
       <c r="D46" s="411"/>
       <c r="E46" s="412"/>
       <c r="F46" s="407"/>
       <c r="G46" s="376"/>
       <c r="H46" s="402"/>
       <c r="I46" s="403"/>
-      <c r="J46" s="219"/>
+      <c r="J46" s="229"/>
     </row>
     <row r="47" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A47" s="389"/>
       <c r="B47" s="380"/>
       <c r="C47" s="381"/>
       <c r="D47" s="413"/>
       <c r="E47" s="414"/>
       <c r="F47" s="408"/>
       <c r="G47" s="377"/>
       <c r="H47" s="404"/>
       <c r="I47" s="405"/>
-      <c r="J47" s="193"/>
+      <c r="J47" s="203"/>
     </row>
     <row r="48" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="389"/>
-      <c r="B48" s="220" t="s">
+      <c r="B48" s="230" t="s">
         <v>39</v>
       </c>
-      <c r="C48" s="222"/>
+      <c r="C48" s="232"/>
       <c r="D48" s="409" t="s">
         <v>59</v>
       </c>
       <c r="E48" s="410"/>
       <c r="F48" s="406">
         <v>8</v>
       </c>
       <c r="G48" s="375"/>
       <c r="H48" s="400"/>
       <c r="I48" s="401"/>
       <c r="J48" s="396"/>
     </row>
     <row r="49" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="389"/>
       <c r="B49" s="378"/>
       <c r="C49" s="379"/>
       <c r="D49" s="411"/>
       <c r="E49" s="412"/>
       <c r="F49" s="407"/>
       <c r="G49" s="376"/>
       <c r="H49" s="402"/>
       <c r="I49" s="403"/>
-      <c r="J49" s="219"/>
+      <c r="J49" s="229"/>
     </row>
     <row r="50" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="389"/>
       <c r="B50" s="378"/>
       <c r="C50" s="379"/>
       <c r="D50" s="411"/>
       <c r="E50" s="412"/>
       <c r="F50" s="407"/>
       <c r="G50" s="376"/>
       <c r="H50" s="402"/>
       <c r="I50" s="403"/>
-      <c r="J50" s="219"/>
+      <c r="J50" s="229"/>
     </row>
     <row r="51" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="389"/>
       <c r="B51" s="378"/>
       <c r="C51" s="379"/>
       <c r="D51" s="411"/>
       <c r="E51" s="412"/>
       <c r="F51" s="407"/>
       <c r="G51" s="376"/>
       <c r="H51" s="402"/>
       <c r="I51" s="403"/>
-      <c r="J51" s="219"/>
+      <c r="J51" s="229"/>
     </row>
     <row r="52" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="389"/>
       <c r="B52" s="378"/>
       <c r="C52" s="379"/>
       <c r="D52" s="411"/>
       <c r="E52" s="412"/>
       <c r="F52" s="407"/>
       <c r="G52" s="376"/>
       <c r="H52" s="402"/>
       <c r="I52" s="403"/>
-      <c r="J52" s="219"/>
+      <c r="J52" s="229"/>
     </row>
     <row r="53" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A53" s="389"/>
       <c r="B53" s="380"/>
       <c r="C53" s="381"/>
       <c r="D53" s="413"/>
       <c r="E53" s="414"/>
       <c r="F53" s="408"/>
       <c r="G53" s="377"/>
       <c r="H53" s="404"/>
       <c r="I53" s="405"/>
-      <c r="J53" s="193"/>
+      <c r="J53" s="203"/>
     </row>
     <row r="54" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="389"/>
-      <c r="B54" s="220" t="s">
+      <c r="B54" s="230" t="s">
         <v>40</v>
       </c>
-      <c r="C54" s="222"/>
+      <c r="C54" s="232"/>
       <c r="D54" s="409" t="s">
         <v>60</v>
       </c>
       <c r="E54" s="410"/>
       <c r="F54" s="406">
         <v>9</v>
       </c>
       <c r="G54" s="375"/>
       <c r="H54" s="395"/>
       <c r="I54" s="396"/>
       <c r="J54" s="396"/>
     </row>
     <row r="55" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="389"/>
       <c r="B55" s="378"/>
       <c r="C55" s="379"/>
       <c r="D55" s="411"/>
       <c r="E55" s="412"/>
       <c r="F55" s="407"/>
       <c r="G55" s="376"/>
       <c r="H55" s="397"/>
-      <c r="I55" s="219"/>
-      <c r="J55" s="219"/>
+      <c r="I55" s="229"/>
+      <c r="J55" s="229"/>
     </row>
     <row r="56" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="389"/>
       <c r="B56" s="378"/>
       <c r="C56" s="379"/>
       <c r="D56" s="411"/>
       <c r="E56" s="412"/>
       <c r="F56" s="407"/>
       <c r="G56" s="376"/>
       <c r="H56" s="397"/>
-      <c r="I56" s="219"/>
-      <c r="J56" s="219"/>
+      <c r="I56" s="229"/>
+      <c r="J56" s="229"/>
     </row>
     <row r="57" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="389"/>
       <c r="B57" s="378"/>
       <c r="C57" s="379"/>
       <c r="D57" s="411"/>
       <c r="E57" s="412"/>
       <c r="F57" s="407"/>
       <c r="G57" s="376"/>
       <c r="H57" s="397"/>
-      <c r="I57" s="219"/>
-      <c r="J57" s="219"/>
+      <c r="I57" s="229"/>
+      <c r="J57" s="229"/>
     </row>
     <row r="58" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="389"/>
       <c r="B58" s="378"/>
       <c r="C58" s="379"/>
       <c r="D58" s="411"/>
       <c r="E58" s="412"/>
       <c r="F58" s="407"/>
       <c r="G58" s="376"/>
       <c r="H58" s="397"/>
-      <c r="I58" s="219"/>
-      <c r="J58" s="219"/>
+      <c r="I58" s="229"/>
+      <c r="J58" s="229"/>
     </row>
     <row r="59" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A59" s="389"/>
       <c r="B59" s="380"/>
       <c r="C59" s="381"/>
       <c r="D59" s="413"/>
       <c r="E59" s="414"/>
       <c r="F59" s="408"/>
       <c r="G59" s="377"/>
       <c r="H59" s="398"/>
-      <c r="I59" s="193"/>
-      <c r="J59" s="193"/>
+      <c r="I59" s="203"/>
+      <c r="J59" s="203"/>
     </row>
     <row r="60" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="389"/>
       <c r="B60" s="415" t="s">
         <v>41</v>
       </c>
-      <c r="C60" s="204"/>
+      <c r="C60" s="214"/>
       <c r="D60" s="409" t="s">
         <v>61</v>
       </c>
       <c r="E60" s="410"/>
       <c r="F60" s="406">
         <v>10</v>
       </c>
       <c r="G60" s="375"/>
       <c r="H60" s="395"/>
       <c r="I60" s="396"/>
       <c r="J60" s="396"/>
     </row>
     <row r="61" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="389"/>
       <c r="B61" s="416"/>
-      <c r="C61" s="207"/>
+      <c r="C61" s="217"/>
       <c r="D61" s="411"/>
       <c r="E61" s="412"/>
       <c r="F61" s="407"/>
       <c r="G61" s="376"/>
       <c r="H61" s="397"/>
-      <c r="I61" s="219"/>
-      <c r="J61" s="219"/>
+      <c r="I61" s="229"/>
+      <c r="J61" s="229"/>
     </row>
     <row r="62" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="389"/>
       <c r="B62" s="416"/>
-      <c r="C62" s="207"/>
+      <c r="C62" s="217"/>
       <c r="D62" s="411"/>
       <c r="E62" s="412"/>
       <c r="F62" s="407"/>
       <c r="G62" s="376"/>
       <c r="H62" s="397"/>
-      <c r="I62" s="219"/>
-      <c r="J62" s="219"/>
+      <c r="I62" s="229"/>
+      <c r="J62" s="229"/>
     </row>
     <row r="63" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="389"/>
       <c r="B63" s="416"/>
-      <c r="C63" s="207"/>
+      <c r="C63" s="217"/>
       <c r="D63" s="411"/>
       <c r="E63" s="412"/>
       <c r="F63" s="407"/>
       <c r="G63" s="376"/>
       <c r="H63" s="397"/>
-      <c r="I63" s="219"/>
-      <c r="J63" s="219"/>
+      <c r="I63" s="229"/>
+      <c r="J63" s="229"/>
     </row>
     <row r="64" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A64" s="389"/>
       <c r="B64" s="417"/>
       <c r="C64" s="418"/>
       <c r="D64" s="413"/>
       <c r="E64" s="414"/>
       <c r="F64" s="408"/>
       <c r="G64" s="377"/>
       <c r="H64" s="398"/>
-      <c r="I64" s="193"/>
-      <c r="J64" s="193"/>
+      <c r="I64" s="203"/>
+      <c r="J64" s="203"/>
     </row>
     <row r="65" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="389"/>
-      <c r="B65" s="220" t="s">
+      <c r="B65" s="230" t="s">
         <v>42</v>
       </c>
-      <c r="C65" s="222"/>
+      <c r="C65" s="232"/>
       <c r="D65" s="409" t="s">
         <v>249</v>
       </c>
       <c r="E65" s="410"/>
       <c r="F65" s="406">
         <v>11</v>
       </c>
       <c r="G65" s="375"/>
       <c r="H65" s="395"/>
       <c r="I65" s="396"/>
       <c r="J65" s="396"/>
     </row>
     <row r="66" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="389"/>
       <c r="B66" s="378"/>
       <c r="C66" s="379"/>
       <c r="D66" s="411"/>
       <c r="E66" s="412"/>
       <c r="F66" s="407"/>
       <c r="G66" s="376"/>
       <c r="H66" s="397"/>
-      <c r="I66" s="219"/>
-      <c r="J66" s="219"/>
+      <c r="I66" s="229"/>
+      <c r="J66" s="229"/>
     </row>
     <row r="67" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="389"/>
       <c r="B67" s="378"/>
       <c r="C67" s="379"/>
       <c r="D67" s="411"/>
       <c r="E67" s="412"/>
       <c r="F67" s="407"/>
       <c r="G67" s="376"/>
       <c r="H67" s="397"/>
-      <c r="I67" s="219"/>
-      <c r="J67" s="219"/>
+      <c r="I67" s="229"/>
+      <c r="J67" s="229"/>
     </row>
     <row r="68" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="389"/>
       <c r="B68" s="378"/>
       <c r="C68" s="379"/>
       <c r="D68" s="411"/>
       <c r="E68" s="412"/>
       <c r="F68" s="407"/>
       <c r="G68" s="376"/>
       <c r="H68" s="397"/>
-      <c r="I68" s="219"/>
-      <c r="J68" s="219"/>
+      <c r="I68" s="229"/>
+      <c r="J68" s="229"/>
     </row>
     <row r="69" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A69" s="389"/>
       <c r="B69" s="380"/>
       <c r="C69" s="381"/>
       <c r="D69" s="413"/>
       <c r="E69" s="414"/>
       <c r="F69" s="408"/>
       <c r="G69" s="377"/>
       <c r="H69" s="398"/>
-      <c r="I69" s="193"/>
-      <c r="J69" s="193"/>
+      <c r="I69" s="203"/>
+      <c r="J69" s="203"/>
     </row>
     <row r="70" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="389"/>
       <c r="B70" s="382" t="s">
         <v>247</v>
       </c>
       <c r="C70" s="383"/>
       <c r="D70" s="409" t="s">
         <v>248</v>
       </c>
       <c r="E70" s="410"/>
       <c r="F70" s="406">
         <v>12</v>
       </c>
       <c r="G70" s="392"/>
       <c r="H70" s="395"/>
       <c r="I70" s="396"/>
       <c r="J70" s="372"/>
     </row>
     <row r="71" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="389"/>
       <c r="B71" s="384"/>
       <c r="C71" s="385"/>
       <c r="D71" s="411"/>
       <c r="E71" s="412"/>
       <c r="F71" s="407"/>
       <c r="G71" s="393"/>
       <c r="H71" s="397"/>
-      <c r="I71" s="219"/>
+      <c r="I71" s="229"/>
       <c r="J71" s="373"/>
     </row>
     <row r="72" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="389"/>
       <c r="B72" s="384"/>
       <c r="C72" s="385"/>
       <c r="D72" s="411"/>
       <c r="E72" s="412"/>
       <c r="F72" s="407"/>
       <c r="G72" s="393"/>
       <c r="H72" s="397"/>
-      <c r="I72" s="219"/>
+      <c r="I72" s="229"/>
       <c r="J72" s="373"/>
     </row>
     <row r="73" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A73" s="389"/>
       <c r="B73" s="384"/>
       <c r="C73" s="385"/>
       <c r="D73" s="411"/>
       <c r="E73" s="412"/>
       <c r="F73" s="407"/>
       <c r="G73" s="393"/>
       <c r="H73" s="397"/>
-      <c r="I73" s="219"/>
+      <c r="I73" s="229"/>
       <c r="J73" s="373"/>
     </row>
     <row r="74" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A74" s="389"/>
       <c r="B74" s="386"/>
       <c r="C74" s="387"/>
       <c r="D74" s="413"/>
       <c r="E74" s="414"/>
       <c r="F74" s="408"/>
       <c r="G74" s="394"/>
       <c r="H74" s="398"/>
-      <c r="I74" s="193"/>
+      <c r="I74" s="203"/>
       <c r="J74" s="374"/>
     </row>
     <row r="75" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="389"/>
-      <c r="B75" s="220" t="s">
+      <c r="B75" s="230" t="s">
         <v>99</v>
       </c>
-      <c r="C75" s="222"/>
+      <c r="C75" s="232"/>
       <c r="D75" s="409" t="s">
         <v>186</v>
       </c>
       <c r="E75" s="410"/>
       <c r="F75" s="406">
         <v>13</v>
       </c>
       <c r="G75" s="375"/>
       <c r="H75" s="395"/>
       <c r="I75" s="396"/>
       <c r="J75" s="396"/>
     </row>
     <row r="76" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A76" s="389"/>
       <c r="B76" s="378"/>
       <c r="C76" s="379"/>
       <c r="D76" s="411"/>
       <c r="E76" s="412"/>
       <c r="F76" s="407"/>
       <c r="G76" s="376"/>
       <c r="H76" s="397"/>
-      <c r="I76" s="219"/>
-      <c r="J76" s="219"/>
+      <c r="I76" s="229"/>
+      <c r="J76" s="229"/>
     </row>
     <row r="77" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A77" s="389"/>
       <c r="B77" s="378"/>
       <c r="C77" s="379"/>
       <c r="D77" s="411"/>
       <c r="E77" s="412"/>
       <c r="F77" s="407"/>
       <c r="G77" s="376"/>
       <c r="H77" s="397"/>
-      <c r="I77" s="219"/>
-      <c r="J77" s="219"/>
+      <c r="I77" s="229"/>
+      <c r="J77" s="229"/>
     </row>
     <row r="78" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A78" s="389"/>
       <c r="B78" s="378"/>
       <c r="C78" s="379"/>
       <c r="D78" s="411"/>
       <c r="E78" s="412"/>
       <c r="F78" s="407"/>
       <c r="G78" s="376"/>
       <c r="H78" s="397"/>
-      <c r="I78" s="219"/>
-      <c r="J78" s="219"/>
+      <c r="I78" s="229"/>
+      <c r="J78" s="229"/>
     </row>
     <row r="79" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A79" s="389"/>
       <c r="B79" s="380"/>
       <c r="C79" s="381"/>
       <c r="D79" s="413"/>
       <c r="E79" s="414"/>
       <c r="F79" s="408"/>
       <c r="G79" s="377"/>
       <c r="H79" s="398"/>
-      <c r="I79" s="193"/>
-      <c r="J79" s="193"/>
+      <c r="I79" s="203"/>
+      <c r="J79" s="203"/>
     </row>
     <row r="80" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A80" s="389"/>
-      <c r="B80" s="220" t="s">
-[...2 lines deleted...]
-      <c r="C80" s="222"/>
+      <c r="B80" s="230" t="s">
+        <v>374</v>
+      </c>
+      <c r="C80" s="232"/>
       <c r="D80" s="409" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="E80" s="410"/>
       <c r="F80" s="406">
         <v>14</v>
       </c>
       <c r="G80" s="375"/>
       <c r="H80" s="395"/>
       <c r="I80" s="396"/>
       <c r="J80" s="396"/>
     </row>
     <row r="81" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="389"/>
       <c r="B81" s="378"/>
       <c r="C81" s="379"/>
       <c r="D81" s="411"/>
       <c r="E81" s="412"/>
       <c r="F81" s="407"/>
       <c r="G81" s="376"/>
       <c r="H81" s="397"/>
-      <c r="I81" s="219"/>
-      <c r="J81" s="219"/>
+      <c r="I81" s="229"/>
+      <c r="J81" s="229"/>
     </row>
     <row r="82" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="389"/>
       <c r="B82" s="378"/>
       <c r="C82" s="379"/>
       <c r="D82" s="411"/>
       <c r="E82" s="412"/>
       <c r="F82" s="407"/>
       <c r="G82" s="376"/>
       <c r="H82" s="397"/>
-      <c r="I82" s="219"/>
-      <c r="J82" s="219"/>
+      <c r="I82" s="229"/>
+      <c r="J82" s="229"/>
     </row>
     <row r="83" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="389"/>
       <c r="B83" s="378"/>
       <c r="C83" s="379"/>
       <c r="D83" s="411"/>
       <c r="E83" s="412"/>
       <c r="F83" s="407"/>
       <c r="G83" s="376"/>
       <c r="H83" s="397"/>
-      <c r="I83" s="219"/>
-      <c r="J83" s="219"/>
+      <c r="I83" s="229"/>
+      <c r="J83" s="229"/>
     </row>
     <row r="84" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A84" s="389"/>
       <c r="B84" s="380"/>
       <c r="C84" s="381"/>
       <c r="D84" s="413"/>
       <c r="E84" s="414"/>
       <c r="F84" s="408"/>
       <c r="G84" s="377"/>
       <c r="H84" s="398"/>
-      <c r="I84" s="193"/>
-      <c r="J84" s="193"/>
+      <c r="I84" s="203"/>
+      <c r="J84" s="203"/>
     </row>
     <row r="85" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="389"/>
-      <c r="B85" s="220" t="s">
+      <c r="B85" s="230" t="s">
         <v>245</v>
       </c>
-      <c r="C85" s="222"/>
+      <c r="C85" s="232"/>
       <c r="D85" s="409" t="s">
         <v>246</v>
       </c>
       <c r="E85" s="410"/>
       <c r="F85" s="406">
         <v>15</v>
       </c>
       <c r="G85" s="375"/>
       <c r="H85" s="395"/>
       <c r="I85" s="396"/>
       <c r="J85" s="396"/>
     </row>
     <row r="86" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="389"/>
       <c r="B86" s="378"/>
       <c r="C86" s="379"/>
       <c r="D86" s="411"/>
       <c r="E86" s="412"/>
       <c r="F86" s="407"/>
       <c r="G86" s="376"/>
       <c r="H86" s="397"/>
-      <c r="I86" s="219"/>
-      <c r="J86" s="219"/>
+      <c r="I86" s="229"/>
+      <c r="J86" s="229"/>
     </row>
     <row r="87" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="389"/>
       <c r="B87" s="378"/>
       <c r="C87" s="379"/>
       <c r="D87" s="411"/>
       <c r="E87" s="412"/>
       <c r="F87" s="407"/>
       <c r="G87" s="376"/>
       <c r="H87" s="397"/>
-      <c r="I87" s="219"/>
-      <c r="J87" s="219"/>
+      <c r="I87" s="229"/>
+      <c r="J87" s="229"/>
     </row>
     <row r="88" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A88" s="389"/>
       <c r="B88" s="378"/>
       <c r="C88" s="379"/>
       <c r="D88" s="411"/>
       <c r="E88" s="412"/>
       <c r="F88" s="407"/>
       <c r="G88" s="376"/>
       <c r="H88" s="397"/>
-      <c r="I88" s="219"/>
-      <c r="J88" s="219"/>
+      <c r="I88" s="229"/>
+      <c r="J88" s="229"/>
     </row>
     <row r="89" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A89" s="389"/>
       <c r="B89" s="380"/>
       <c r="C89" s="381"/>
       <c r="D89" s="413"/>
       <c r="E89" s="414"/>
       <c r="F89" s="408"/>
       <c r="G89" s="377"/>
       <c r="H89" s="398"/>
-      <c r="I89" s="193"/>
-      <c r="J89" s="193"/>
+      <c r="I89" s="203"/>
+      <c r="J89" s="203"/>
     </row>
     <row r="90" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A90" s="389"/>
-      <c r="B90" s="220" t="s">
+      <c r="B90" s="230" t="s">
         <v>164</v>
       </c>
-      <c r="C90" s="222"/>
+      <c r="C90" s="232"/>
       <c r="D90" s="409" t="s">
         <v>306</v>
       </c>
       <c r="E90" s="410"/>
       <c r="F90" s="406">
         <v>16</v>
       </c>
       <c r="G90" s="375"/>
       <c r="H90" s="395"/>
       <c r="I90" s="396"/>
       <c r="J90" s="396"/>
     </row>
     <row r="91" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A91" s="389"/>
       <c r="B91" s="378"/>
       <c r="C91" s="379"/>
       <c r="D91" s="411"/>
       <c r="E91" s="412"/>
       <c r="F91" s="407"/>
       <c r="G91" s="376"/>
       <c r="H91" s="397"/>
-      <c r="I91" s="219"/>
-      <c r="J91" s="219"/>
+      <c r="I91" s="229"/>
+      <c r="J91" s="229"/>
     </row>
     <row r="92" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A92" s="389"/>
       <c r="B92" s="378"/>
       <c r="C92" s="379"/>
       <c r="D92" s="411"/>
       <c r="E92" s="412"/>
       <c r="F92" s="407"/>
       <c r="G92" s="376"/>
       <c r="H92" s="397"/>
-      <c r="I92" s="219"/>
-      <c r="J92" s="219"/>
+      <c r="I92" s="229"/>
+      <c r="J92" s="229"/>
     </row>
     <row r="93" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A93" s="389"/>
       <c r="B93" s="378"/>
       <c r="C93" s="379"/>
       <c r="D93" s="411"/>
       <c r="E93" s="412"/>
       <c r="F93" s="407"/>
       <c r="G93" s="376"/>
       <c r="H93" s="397"/>
-      <c r="I93" s="219"/>
-      <c r="J93" s="219"/>
+      <c r="I93" s="229"/>
+      <c r="J93" s="229"/>
     </row>
     <row r="94" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A94" s="390"/>
       <c r="B94" s="380"/>
       <c r="C94" s="381"/>
       <c r="D94" s="413"/>
       <c r="E94" s="414"/>
       <c r="F94" s="408"/>
       <c r="G94" s="377"/>
       <c r="H94" s="398"/>
-      <c r="I94" s="193"/>
-      <c r="J94" s="193"/>
+      <c r="I94" s="203"/>
+      <c r="J94" s="203"/>
     </row>
     <row r="95" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A95" s="388" t="s">
         <v>62</v>
       </c>
       <c r="B95" s="415" t="s">
         <v>98</v>
       </c>
-      <c r="C95" s="204"/>
+      <c r="C95" s="214"/>
       <c r="D95" s="409" t="s">
         <v>63</v>
       </c>
       <c r="E95" s="410"/>
       <c r="F95" s="406">
         <v>17</v>
       </c>
       <c r="G95" s="375"/>
       <c r="H95" s="395"/>
       <c r="I95" s="396"/>
       <c r="J95" s="396"/>
     </row>
     <row r="96" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A96" s="389"/>
       <c r="B96" s="416"/>
-      <c r="C96" s="207"/>
+      <c r="C96" s="217"/>
       <c r="D96" s="411"/>
       <c r="E96" s="412"/>
       <c r="F96" s="407"/>
       <c r="G96" s="376"/>
       <c r="H96" s="397"/>
-      <c r="I96" s="219"/>
-      <c r="J96" s="219"/>
+      <c r="I96" s="229"/>
+      <c r="J96" s="229"/>
     </row>
     <row r="97" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A97" s="389"/>
       <c r="B97" s="416"/>
-      <c r="C97" s="207"/>
+      <c r="C97" s="217"/>
       <c r="D97" s="411"/>
       <c r="E97" s="412"/>
       <c r="F97" s="407"/>
       <c r="G97" s="376"/>
       <c r="H97" s="397"/>
-      <c r="I97" s="219"/>
-      <c r="J97" s="219"/>
+      <c r="I97" s="229"/>
+      <c r="J97" s="229"/>
     </row>
     <row r="98" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A98" s="389"/>
       <c r="B98" s="416"/>
-      <c r="C98" s="207"/>
+      <c r="C98" s="217"/>
       <c r="D98" s="411"/>
       <c r="E98" s="412"/>
       <c r="F98" s="407"/>
       <c r="G98" s="376"/>
       <c r="H98" s="397"/>
-      <c r="I98" s="219"/>
-      <c r="J98" s="219"/>
+      <c r="I98" s="229"/>
+      <c r="J98" s="229"/>
     </row>
     <row r="99" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A99" s="389"/>
       <c r="B99" s="416"/>
-      <c r="C99" s="207"/>
+      <c r="C99" s="217"/>
       <c r="D99" s="413"/>
       <c r="E99" s="414"/>
       <c r="F99" s="408"/>
       <c r="G99" s="377"/>
       <c r="H99" s="398"/>
-      <c r="I99" s="193"/>
-      <c r="J99" s="193"/>
+      <c r="I99" s="203"/>
+      <c r="J99" s="203"/>
     </row>
     <row r="100" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A100" s="389"/>
       <c r="B100" s="416"/>
-      <c r="C100" s="207"/>
+      <c r="C100" s="217"/>
       <c r="D100" s="409" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="E100" s="410"/>
       <c r="F100" s="406">
         <v>18</v>
       </c>
       <c r="G100" s="375"/>
       <c r="H100" s="395"/>
       <c r="I100" s="396"/>
       <c r="J100" s="396"/>
     </row>
     <row r="101" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A101" s="389"/>
       <c r="B101" s="416"/>
-      <c r="C101" s="207"/>
+      <c r="C101" s="217"/>
       <c r="D101" s="411"/>
       <c r="E101" s="412"/>
       <c r="F101" s="407"/>
       <c r="G101" s="376"/>
       <c r="H101" s="397"/>
-      <c r="I101" s="219"/>
-      <c r="J101" s="219"/>
+      <c r="I101" s="229"/>
+      <c r="J101" s="229"/>
     </row>
     <row r="102" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A102" s="389"/>
       <c r="B102" s="416"/>
-      <c r="C102" s="207"/>
+      <c r="C102" s="217"/>
       <c r="D102" s="411"/>
       <c r="E102" s="412"/>
       <c r="F102" s="407"/>
       <c r="G102" s="376"/>
       <c r="H102" s="397"/>
-      <c r="I102" s="219"/>
-      <c r="J102" s="219"/>
+      <c r="I102" s="229"/>
+      <c r="J102" s="229"/>
     </row>
     <row r="103" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="389"/>
       <c r="B103" s="416"/>
-      <c r="C103" s="207"/>
+      <c r="C103" s="217"/>
       <c r="D103" s="411"/>
       <c r="E103" s="412"/>
       <c r="F103" s="407"/>
       <c r="G103" s="376"/>
       <c r="H103" s="397"/>
-      <c r="I103" s="219"/>
-      <c r="J103" s="219"/>
+      <c r="I103" s="229"/>
+      <c r="J103" s="229"/>
     </row>
     <row r="104" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A104" s="389"/>
       <c r="B104" s="416"/>
-      <c r="C104" s="207"/>
+      <c r="C104" s="217"/>
       <c r="D104" s="413"/>
       <c r="E104" s="414"/>
       <c r="F104" s="408"/>
       <c r="G104" s="377"/>
       <c r="H104" s="398"/>
-      <c r="I104" s="193"/>
-      <c r="J104" s="193"/>
+      <c r="I104" s="203"/>
+      <c r="J104" s="203"/>
     </row>
     <row r="105" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A105" s="389"/>
       <c r="B105" s="416"/>
-      <c r="C105" s="207"/>
+      <c r="C105" s="217"/>
       <c r="D105" s="409" t="s">
         <v>94</v>
       </c>
       <c r="E105" s="410"/>
       <c r="F105" s="406">
         <v>19</v>
       </c>
       <c r="G105" s="375"/>
       <c r="H105" s="395"/>
       <c r="I105" s="396"/>
       <c r="J105" s="396"/>
     </row>
     <row r="106" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A106" s="389"/>
       <c r="B106" s="416"/>
-      <c r="C106" s="207"/>
+      <c r="C106" s="217"/>
       <c r="D106" s="411"/>
       <c r="E106" s="412"/>
       <c r="F106" s="407"/>
       <c r="G106" s="376"/>
       <c r="H106" s="397"/>
-      <c r="I106" s="219"/>
-      <c r="J106" s="219"/>
+      <c r="I106" s="229"/>
+      <c r="J106" s="229"/>
     </row>
     <row r="107" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A107" s="389"/>
       <c r="B107" s="416"/>
-      <c r="C107" s="207"/>
+      <c r="C107" s="217"/>
       <c r="D107" s="411"/>
       <c r="E107" s="412"/>
       <c r="F107" s="407"/>
       <c r="G107" s="376"/>
       <c r="H107" s="397"/>
-      <c r="I107" s="219"/>
-      <c r="J107" s="219"/>
+      <c r="I107" s="229"/>
+      <c r="J107" s="229"/>
     </row>
     <row r="108" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A108" s="389"/>
       <c r="B108" s="416"/>
-      <c r="C108" s="207"/>
+      <c r="C108" s="217"/>
       <c r="D108" s="411"/>
       <c r="E108" s="412"/>
       <c r="F108" s="407"/>
       <c r="G108" s="376"/>
       <c r="H108" s="397"/>
-      <c r="I108" s="219"/>
-      <c r="J108" s="219"/>
+      <c r="I108" s="229"/>
+      <c r="J108" s="229"/>
     </row>
     <row r="109" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A109" s="389"/>
       <c r="B109" s="416"/>
-      <c r="C109" s="207"/>
+      <c r="C109" s="217"/>
       <c r="D109" s="413"/>
       <c r="E109" s="414"/>
       <c r="F109" s="408"/>
       <c r="G109" s="377"/>
       <c r="H109" s="398"/>
-      <c r="I109" s="193"/>
-      <c r="J109" s="193"/>
+      <c r="I109" s="203"/>
+      <c r="J109" s="203"/>
     </row>
     <row r="110" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A110" s="389"/>
       <c r="B110" s="416"/>
-      <c r="C110" s="207"/>
+      <c r="C110" s="217"/>
       <c r="D110" s="409" t="s">
         <v>43</v>
       </c>
       <c r="E110" s="410"/>
       <c r="F110" s="406">
         <v>20</v>
       </c>
       <c r="G110" s="375"/>
       <c r="H110" s="395"/>
       <c r="I110" s="396"/>
       <c r="J110" s="396"/>
     </row>
     <row r="111" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A111" s="389"/>
       <c r="B111" s="416"/>
-      <c r="C111" s="207"/>
+      <c r="C111" s="217"/>
       <c r="D111" s="411"/>
       <c r="E111" s="412"/>
       <c r="F111" s="407"/>
       <c r="G111" s="376"/>
       <c r="H111" s="397"/>
-      <c r="I111" s="219"/>
-      <c r="J111" s="219"/>
+      <c r="I111" s="229"/>
+      <c r="J111" s="229"/>
     </row>
     <row r="112" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A112" s="389"/>
       <c r="B112" s="416"/>
-      <c r="C112" s="207"/>
+      <c r="C112" s="217"/>
       <c r="D112" s="411"/>
       <c r="E112" s="412"/>
       <c r="F112" s="407"/>
       <c r="G112" s="376"/>
       <c r="H112" s="397"/>
-      <c r="I112" s="219"/>
-      <c r="J112" s="219"/>
+      <c r="I112" s="229"/>
+      <c r="J112" s="229"/>
     </row>
     <row r="113" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A113" s="389"/>
       <c r="B113" s="416"/>
-      <c r="C113" s="207"/>
+      <c r="C113" s="217"/>
       <c r="D113" s="411"/>
       <c r="E113" s="412"/>
       <c r="F113" s="407"/>
       <c r="G113" s="376"/>
       <c r="H113" s="397"/>
-      <c r="I113" s="219"/>
-      <c r="J113" s="219"/>
+      <c r="I113" s="229"/>
+      <c r="J113" s="229"/>
     </row>
     <row r="114" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A114" s="389"/>
       <c r="B114" s="416"/>
-      <c r="C114" s="207"/>
+      <c r="C114" s="217"/>
       <c r="D114" s="413"/>
       <c r="E114" s="414"/>
       <c r="F114" s="408"/>
       <c r="G114" s="377"/>
       <c r="H114" s="398"/>
-      <c r="I114" s="193"/>
-      <c r="J114" s="193"/>
+      <c r="I114" s="203"/>
+      <c r="J114" s="203"/>
     </row>
     <row r="115" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A115" s="389"/>
-      <c r="B115" s="220" t="s">
+      <c r="B115" s="230" t="s">
         <v>65</v>
       </c>
-      <c r="C115" s="222"/>
+      <c r="C115" s="232"/>
       <c r="D115" s="409" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="E115" s="410"/>
       <c r="F115" s="406">
         <v>21</v>
       </c>
       <c r="G115" s="375"/>
       <c r="H115" s="395"/>
       <c r="I115" s="396"/>
       <c r="J115" s="396"/>
     </row>
     <row r="116" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A116" s="389"/>
       <c r="B116" s="378"/>
       <c r="C116" s="379"/>
       <c r="D116" s="411"/>
       <c r="E116" s="412"/>
       <c r="F116" s="407"/>
       <c r="G116" s="376"/>
       <c r="H116" s="397"/>
-      <c r="I116" s="219"/>
-      <c r="J116" s="219"/>
+      <c r="I116" s="229"/>
+      <c r="J116" s="229"/>
     </row>
     <row r="117" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A117" s="389"/>
       <c r="B117" s="378"/>
       <c r="C117" s="379"/>
       <c r="D117" s="411"/>
       <c r="E117" s="412"/>
       <c r="F117" s="407"/>
       <c r="G117" s="376"/>
       <c r="H117" s="397"/>
-      <c r="I117" s="219"/>
-      <c r="J117" s="219"/>
+      <c r="I117" s="229"/>
+      <c r="J117" s="229"/>
     </row>
     <row r="118" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A118" s="389"/>
       <c r="B118" s="378"/>
       <c r="C118" s="379"/>
       <c r="D118" s="411"/>
       <c r="E118" s="412"/>
       <c r="F118" s="407"/>
       <c r="G118" s="376"/>
       <c r="H118" s="397"/>
-      <c r="I118" s="219"/>
-      <c r="J118" s="219"/>
+      <c r="I118" s="229"/>
+      <c r="J118" s="229"/>
     </row>
     <row r="119" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A119" s="389"/>
       <c r="B119" s="378"/>
       <c r="C119" s="379"/>
       <c r="D119" s="413"/>
       <c r="E119" s="414"/>
       <c r="F119" s="408"/>
       <c r="G119" s="377"/>
       <c r="H119" s="398"/>
-      <c r="I119" s="193"/>
-      <c r="J119" s="193"/>
+      <c r="I119" s="203"/>
+      <c r="J119" s="203"/>
     </row>
     <row r="120" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A120" s="389"/>
       <c r="B120" s="378"/>
       <c r="C120" s="379"/>
       <c r="D120" s="409" t="s">
         <v>64</v>
       </c>
       <c r="E120" s="410"/>
       <c r="F120" s="406">
         <v>22</v>
       </c>
       <c r="G120" s="375"/>
       <c r="H120" s="395"/>
       <c r="I120" s="396"/>
       <c r="J120" s="396"/>
     </row>
     <row r="121" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A121" s="389"/>
       <c r="B121" s="378"/>
       <c r="C121" s="379"/>
       <c r="D121" s="411"/>
       <c r="E121" s="412"/>
       <c r="F121" s="407"/>
       <c r="G121" s="376"/>
       <c r="H121" s="397"/>
-      <c r="I121" s="219"/>
-      <c r="J121" s="219"/>
+      <c r="I121" s="229"/>
+      <c r="J121" s="229"/>
     </row>
     <row r="122" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A122" s="389"/>
       <c r="B122" s="378"/>
       <c r="C122" s="379"/>
       <c r="D122" s="411"/>
       <c r="E122" s="412"/>
       <c r="F122" s="407"/>
       <c r="G122" s="376"/>
       <c r="H122" s="397"/>
-      <c r="I122" s="219"/>
-      <c r="J122" s="219"/>
+      <c r="I122" s="229"/>
+      <c r="J122" s="229"/>
     </row>
     <row r="123" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A123" s="389"/>
       <c r="B123" s="378"/>
       <c r="C123" s="379"/>
       <c r="D123" s="411"/>
       <c r="E123" s="412"/>
       <c r="F123" s="407"/>
       <c r="G123" s="376"/>
       <c r="H123" s="397"/>
-      <c r="I123" s="219"/>
-      <c r="J123" s="219"/>
+      <c r="I123" s="229"/>
+      <c r="J123" s="229"/>
     </row>
     <row r="124" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A124" s="389"/>
       <c r="B124" s="378"/>
       <c r="C124" s="379"/>
       <c r="D124" s="413"/>
       <c r="E124" s="414"/>
       <c r="F124" s="408"/>
       <c r="G124" s="377"/>
       <c r="H124" s="398"/>
-      <c r="I124" s="193"/>
-      <c r="J124" s="193"/>
+      <c r="I124" s="203"/>
+      <c r="J124" s="203"/>
     </row>
     <row r="125" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A125" s="389"/>
       <c r="B125" s="378"/>
       <c r="C125" s="379"/>
       <c r="D125" s="409" t="s">
         <v>97</v>
       </c>
       <c r="E125" s="410"/>
       <c r="F125" s="406">
         <v>23</v>
       </c>
       <c r="G125" s="392"/>
       <c r="H125" s="465"/>
       <c r="I125" s="466"/>
       <c r="J125" s="372"/>
     </row>
     <row r="126" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A126" s="389"/>
       <c r="B126" s="378"/>
       <c r="C126" s="379"/>
       <c r="D126" s="411"/>
       <c r="E126" s="412"/>
       <c r="F126" s="407"/>
       <c r="G126" s="393"/>
@@ -18027,2471 +18023,2471 @@
       <c r="C138" s="379"/>
       <c r="D138" s="411"/>
       <c r="E138" s="412"/>
       <c r="F138" s="407"/>
       <c r="G138" s="393"/>
       <c r="H138" s="461"/>
       <c r="I138" s="462"/>
       <c r="J138" s="373"/>
     </row>
     <row r="139" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A139" s="390"/>
       <c r="B139" s="380"/>
       <c r="C139" s="381"/>
       <c r="D139" s="413"/>
       <c r="E139" s="414"/>
       <c r="F139" s="408"/>
       <c r="G139" s="394"/>
       <c r="H139" s="463"/>
       <c r="I139" s="464"/>
       <c r="J139" s="374"/>
     </row>
     <row r="140" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A140" s="388" t="s">
         <v>81</v>
       </c>
-      <c r="B140" s="220" t="s">
+      <c r="B140" s="230" t="s">
         <v>67</v>
       </c>
-      <c r="C140" s="222"/>
+      <c r="C140" s="232"/>
       <c r="D140" s="409" t="s">
         <v>79</v>
       </c>
       <c r="E140" s="410"/>
       <c r="F140" s="406">
         <v>26</v>
       </c>
       <c r="G140" s="375"/>
       <c r="H140" s="395"/>
       <c r="I140" s="396"/>
       <c r="J140" s="372"/>
     </row>
     <row r="141" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A141" s="389"/>
       <c r="B141" s="378"/>
       <c r="C141" s="379"/>
       <c r="D141" s="411"/>
       <c r="E141" s="412"/>
       <c r="F141" s="407"/>
       <c r="G141" s="376"/>
       <c r="H141" s="397"/>
-      <c r="I141" s="219"/>
+      <c r="I141" s="229"/>
       <c r="J141" s="373"/>
     </row>
     <row r="142" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A142" s="389"/>
       <c r="B142" s="378"/>
       <c r="C142" s="379"/>
       <c r="D142" s="411"/>
       <c r="E142" s="412"/>
       <c r="F142" s="407"/>
       <c r="G142" s="376"/>
       <c r="H142" s="397"/>
-      <c r="I142" s="219"/>
+      <c r="I142" s="229"/>
       <c r="J142" s="373"/>
     </row>
     <row r="143" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A143" s="389"/>
       <c r="B143" s="378"/>
       <c r="C143" s="379"/>
       <c r="D143" s="411"/>
       <c r="E143" s="412"/>
       <c r="F143" s="407"/>
       <c r="G143" s="376"/>
       <c r="H143" s="397"/>
-      <c r="I143" s="219"/>
+      <c r="I143" s="229"/>
       <c r="J143" s="373"/>
     </row>
     <row r="144" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A144" s="389"/>
       <c r="B144" s="378"/>
       <c r="C144" s="379"/>
       <c r="D144" s="413"/>
       <c r="E144" s="414"/>
       <c r="F144" s="408"/>
       <c r="G144" s="377"/>
       <c r="H144" s="398"/>
-      <c r="I144" s="193"/>
+      <c r="I144" s="203"/>
       <c r="J144" s="374"/>
     </row>
     <row r="145" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A145" s="389"/>
       <c r="B145" s="378"/>
       <c r="C145" s="379"/>
       <c r="D145" s="409" t="s">
         <v>239</v>
       </c>
       <c r="E145" s="410"/>
       <c r="F145" s="406">
         <v>27</v>
       </c>
       <c r="G145" s="375"/>
       <c r="H145" s="395"/>
       <c r="I145" s="396"/>
       <c r="J145" s="372"/>
     </row>
     <row r="146" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A146" s="389"/>
       <c r="B146" s="378"/>
       <c r="C146" s="379"/>
       <c r="D146" s="411"/>
       <c r="E146" s="412"/>
       <c r="F146" s="407"/>
       <c r="G146" s="376"/>
       <c r="H146" s="397"/>
-      <c r="I146" s="219"/>
+      <c r="I146" s="229"/>
       <c r="J146" s="373"/>
     </row>
     <row r="147" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A147" s="389"/>
       <c r="B147" s="378"/>
       <c r="C147" s="379"/>
       <c r="D147" s="411"/>
       <c r="E147" s="412"/>
       <c r="F147" s="407"/>
       <c r="G147" s="376"/>
       <c r="H147" s="397"/>
-      <c r="I147" s="219"/>
+      <c r="I147" s="229"/>
       <c r="J147" s="373"/>
     </row>
     <row r="148" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A148" s="389"/>
       <c r="B148" s="378"/>
       <c r="C148" s="379"/>
       <c r="D148" s="411"/>
       <c r="E148" s="412"/>
       <c r="F148" s="407"/>
       <c r="G148" s="376"/>
       <c r="H148" s="397"/>
-      <c r="I148" s="219"/>
+      <c r="I148" s="229"/>
       <c r="J148" s="373"/>
     </row>
     <row r="149" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A149" s="389"/>
       <c r="B149" s="378"/>
       <c r="C149" s="379"/>
       <c r="D149" s="413"/>
       <c r="E149" s="414"/>
       <c r="F149" s="408"/>
       <c r="G149" s="377"/>
       <c r="H149" s="398"/>
-      <c r="I149" s="193"/>
+      <c r="I149" s="203"/>
       <c r="J149" s="374"/>
     </row>
     <row r="150" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A150" s="389"/>
       <c r="B150" s="378"/>
       <c r="C150" s="379"/>
       <c r="D150" s="409" t="s">
         <v>255</v>
       </c>
       <c r="E150" s="410"/>
       <c r="F150" s="406">
         <v>28</v>
       </c>
       <c r="G150" s="392"/>
       <c r="H150" s="395"/>
       <c r="I150" s="396"/>
       <c r="J150" s="372"/>
     </row>
     <row r="151" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A151" s="389"/>
       <c r="B151" s="378"/>
       <c r="C151" s="379"/>
       <c r="D151" s="411"/>
       <c r="E151" s="412"/>
       <c r="F151" s="407"/>
       <c r="G151" s="393"/>
       <c r="H151" s="397"/>
-      <c r="I151" s="219"/>
+      <c r="I151" s="229"/>
       <c r="J151" s="373"/>
     </row>
     <row r="152" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A152" s="389"/>
       <c r="B152" s="378"/>
       <c r="C152" s="379"/>
       <c r="D152" s="411"/>
       <c r="E152" s="412"/>
       <c r="F152" s="407"/>
       <c r="G152" s="393"/>
       <c r="H152" s="397"/>
-      <c r="I152" s="219"/>
+      <c r="I152" s="229"/>
       <c r="J152" s="373"/>
     </row>
     <row r="153" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A153" s="389"/>
       <c r="B153" s="378"/>
       <c r="C153" s="379"/>
       <c r="D153" s="411"/>
       <c r="E153" s="412"/>
       <c r="F153" s="407"/>
       <c r="G153" s="393"/>
       <c r="H153" s="397"/>
-      <c r="I153" s="219"/>
+      <c r="I153" s="229"/>
       <c r="J153" s="373"/>
     </row>
     <row r="154" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A154" s="389"/>
       <c r="B154" s="378"/>
       <c r="C154" s="379"/>
       <c r="D154" s="413"/>
       <c r="E154" s="414"/>
       <c r="F154" s="408"/>
       <c r="G154" s="394"/>
       <c r="H154" s="398"/>
-      <c r="I154" s="193"/>
+      <c r="I154" s="203"/>
       <c r="J154" s="374"/>
     </row>
     <row r="155" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A155" s="389"/>
       <c r="B155" s="378"/>
       <c r="C155" s="379"/>
       <c r="D155" s="409" t="s">
         <v>256</v>
       </c>
       <c r="E155" s="410"/>
       <c r="F155" s="406">
         <v>29</v>
       </c>
       <c r="G155" s="375"/>
       <c r="H155" s="395"/>
       <c r="I155" s="396"/>
       <c r="J155" s="372"/>
     </row>
     <row r="156" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A156" s="389"/>
       <c r="B156" s="378"/>
       <c r="C156" s="379"/>
       <c r="D156" s="411"/>
       <c r="E156" s="412"/>
       <c r="F156" s="407"/>
       <c r="G156" s="376"/>
       <c r="H156" s="397"/>
-      <c r="I156" s="219"/>
+      <c r="I156" s="229"/>
       <c r="J156" s="373"/>
     </row>
     <row r="157" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A157" s="389"/>
       <c r="B157" s="378"/>
       <c r="C157" s="379"/>
       <c r="D157" s="411"/>
       <c r="E157" s="412"/>
       <c r="F157" s="407"/>
       <c r="G157" s="376"/>
       <c r="H157" s="397"/>
-      <c r="I157" s="219"/>
+      <c r="I157" s="229"/>
       <c r="J157" s="373"/>
     </row>
     <row r="158" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A158" s="389"/>
       <c r="B158" s="378"/>
       <c r="C158" s="379"/>
       <c r="D158" s="411"/>
       <c r="E158" s="412"/>
       <c r="F158" s="407"/>
       <c r="G158" s="376"/>
       <c r="H158" s="397"/>
-      <c r="I158" s="219"/>
+      <c r="I158" s="229"/>
       <c r="J158" s="373"/>
     </row>
     <row r="159" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A159" s="389"/>
       <c r="B159" s="380"/>
       <c r="C159" s="381"/>
       <c r="D159" s="413"/>
       <c r="E159" s="414"/>
       <c r="F159" s="408"/>
       <c r="G159" s="377"/>
       <c r="H159" s="398"/>
-      <c r="I159" s="193"/>
+      <c r="I159" s="203"/>
       <c r="J159" s="374"/>
     </row>
     <row r="160" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A160" s="389"/>
-      <c r="B160" s="220" t="s">
+      <c r="B160" s="230" t="s">
         <v>187</v>
       </c>
-      <c r="C160" s="222"/>
+      <c r="C160" s="232"/>
       <c r="D160" s="409" t="s">
         <v>240</v>
       </c>
       <c r="E160" s="410"/>
       <c r="F160" s="406">
         <v>30</v>
       </c>
       <c r="G160" s="375"/>
       <c r="H160" s="395"/>
       <c r="I160" s="396"/>
       <c r="J160" s="372"/>
     </row>
     <row r="161" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A161" s="389"/>
       <c r="B161" s="378"/>
       <c r="C161" s="379"/>
       <c r="D161" s="411"/>
       <c r="E161" s="412"/>
       <c r="F161" s="407"/>
       <c r="G161" s="376"/>
       <c r="H161" s="397"/>
-      <c r="I161" s="219"/>
+      <c r="I161" s="229"/>
       <c r="J161" s="373"/>
     </row>
     <row r="162" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A162" s="389"/>
       <c r="B162" s="378"/>
       <c r="C162" s="379"/>
       <c r="D162" s="411"/>
       <c r="E162" s="412"/>
       <c r="F162" s="407"/>
       <c r="G162" s="376"/>
       <c r="H162" s="397"/>
-      <c r="I162" s="219"/>
+      <c r="I162" s="229"/>
       <c r="J162" s="373"/>
     </row>
     <row r="163" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A163" s="389"/>
       <c r="B163" s="378"/>
       <c r="C163" s="379"/>
       <c r="D163" s="411"/>
       <c r="E163" s="412"/>
       <c r="F163" s="407"/>
       <c r="G163" s="376"/>
       <c r="H163" s="397"/>
-      <c r="I163" s="219"/>
+      <c r="I163" s="229"/>
       <c r="J163" s="373"/>
     </row>
     <row r="164" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A164" s="389"/>
       <c r="B164" s="378"/>
       <c r="C164" s="379"/>
       <c r="D164" s="413"/>
       <c r="E164" s="414"/>
       <c r="F164" s="408"/>
       <c r="G164" s="377"/>
       <c r="H164" s="398"/>
-      <c r="I164" s="193"/>
+      <c r="I164" s="203"/>
       <c r="J164" s="374"/>
     </row>
     <row r="165" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A165" s="389"/>
       <c r="B165" s="378"/>
       <c r="C165" s="379"/>
       <c r="D165" s="409" t="s">
         <v>68</v>
       </c>
       <c r="E165" s="410"/>
       <c r="F165" s="406">
         <v>31</v>
       </c>
       <c r="G165" s="375"/>
       <c r="H165" s="395"/>
       <c r="I165" s="396"/>
       <c r="J165" s="372"/>
     </row>
     <row r="166" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A166" s="389"/>
       <c r="B166" s="378"/>
       <c r="C166" s="379"/>
       <c r="D166" s="411"/>
       <c r="E166" s="412"/>
       <c r="F166" s="407"/>
       <c r="G166" s="376"/>
       <c r="H166" s="397"/>
-      <c r="I166" s="219"/>
+      <c r="I166" s="229"/>
       <c r="J166" s="373"/>
     </row>
     <row r="167" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A167" s="389"/>
       <c r="B167" s="378"/>
       <c r="C167" s="379"/>
       <c r="D167" s="411"/>
       <c r="E167" s="412"/>
       <c r="F167" s="407"/>
       <c r="G167" s="376"/>
       <c r="H167" s="397"/>
-      <c r="I167" s="219"/>
+      <c r="I167" s="229"/>
       <c r="J167" s="373"/>
     </row>
     <row r="168" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A168" s="389"/>
       <c r="B168" s="378"/>
       <c r="C168" s="379"/>
       <c r="D168" s="411"/>
       <c r="E168" s="412"/>
       <c r="F168" s="407"/>
       <c r="G168" s="376"/>
       <c r="H168" s="397"/>
-      <c r="I168" s="219"/>
+      <c r="I168" s="229"/>
       <c r="J168" s="373"/>
     </row>
     <row r="169" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A169" s="389"/>
       <c r="B169" s="378"/>
       <c r="C169" s="379"/>
       <c r="D169" s="413"/>
       <c r="E169" s="414"/>
       <c r="F169" s="408"/>
       <c r="G169" s="377"/>
       <c r="H169" s="398"/>
-      <c r="I169" s="193"/>
+      <c r="I169" s="203"/>
       <c r="J169" s="374"/>
     </row>
     <row r="170" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A170" s="389"/>
       <c r="B170" s="378"/>
       <c r="C170" s="379"/>
       <c r="D170" s="409" t="s">
         <v>168</v>
       </c>
       <c r="E170" s="410"/>
       <c r="F170" s="406">
         <v>32</v>
       </c>
       <c r="G170" s="375"/>
       <c r="H170" s="395"/>
       <c r="I170" s="396"/>
       <c r="J170" s="372"/>
     </row>
     <row r="171" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A171" s="389"/>
       <c r="B171" s="378"/>
       <c r="C171" s="379"/>
       <c r="D171" s="411"/>
       <c r="E171" s="412"/>
       <c r="F171" s="407"/>
       <c r="G171" s="376"/>
       <c r="H171" s="397"/>
-      <c r="I171" s="219"/>
+      <c r="I171" s="229"/>
       <c r="J171" s="373"/>
     </row>
     <row r="172" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A172" s="389"/>
       <c r="B172" s="378"/>
       <c r="C172" s="379"/>
       <c r="D172" s="411"/>
       <c r="E172" s="412"/>
       <c r="F172" s="407"/>
       <c r="G172" s="376"/>
       <c r="H172" s="397"/>
-      <c r="I172" s="219"/>
+      <c r="I172" s="229"/>
       <c r="J172" s="373"/>
     </row>
     <row r="173" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A173" s="389"/>
       <c r="B173" s="378"/>
       <c r="C173" s="379"/>
       <c r="D173" s="411"/>
       <c r="E173" s="412"/>
       <c r="F173" s="407"/>
       <c r="G173" s="376"/>
       <c r="H173" s="397"/>
-      <c r="I173" s="219"/>
+      <c r="I173" s="229"/>
       <c r="J173" s="373"/>
     </row>
     <row r="174" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A174" s="389"/>
       <c r="B174" s="380"/>
       <c r="C174" s="381"/>
       <c r="D174" s="413"/>
       <c r="E174" s="414"/>
       <c r="F174" s="408"/>
       <c r="G174" s="377"/>
       <c r="H174" s="398"/>
-      <c r="I174" s="193"/>
+      <c r="I174" s="203"/>
       <c r="J174" s="374"/>
     </row>
     <row r="175" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A175" s="389"/>
-      <c r="B175" s="220" t="s">
+      <c r="B175" s="230" t="s">
         <v>163</v>
       </c>
-      <c r="C175" s="222"/>
+      <c r="C175" s="232"/>
       <c r="D175" s="409" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="E175" s="410"/>
       <c r="F175" s="406">
         <v>33</v>
       </c>
       <c r="G175" s="375"/>
       <c r="H175" s="395"/>
       <c r="I175" s="396"/>
       <c r="J175" s="372"/>
     </row>
     <row r="176" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A176" s="389"/>
       <c r="B176" s="378"/>
       <c r="C176" s="379"/>
       <c r="D176" s="411"/>
       <c r="E176" s="412"/>
       <c r="F176" s="407"/>
       <c r="G176" s="376"/>
       <c r="H176" s="397"/>
-      <c r="I176" s="219"/>
+      <c r="I176" s="229"/>
       <c r="J176" s="373"/>
     </row>
     <row r="177" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A177" s="389"/>
       <c r="B177" s="378"/>
       <c r="C177" s="379"/>
       <c r="D177" s="411"/>
       <c r="E177" s="412"/>
       <c r="F177" s="407"/>
       <c r="G177" s="376"/>
       <c r="H177" s="397"/>
-      <c r="I177" s="219"/>
+      <c r="I177" s="229"/>
       <c r="J177" s="373"/>
     </row>
     <row r="178" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A178" s="389"/>
       <c r="B178" s="378"/>
       <c r="C178" s="379"/>
       <c r="D178" s="411"/>
       <c r="E178" s="412"/>
       <c r="F178" s="407"/>
       <c r="G178" s="376"/>
       <c r="H178" s="397"/>
-      <c r="I178" s="219"/>
+      <c r="I178" s="229"/>
       <c r="J178" s="373"/>
     </row>
     <row r="179" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A179" s="390"/>
       <c r="B179" s="380"/>
       <c r="C179" s="381"/>
       <c r="D179" s="413"/>
       <c r="E179" s="414"/>
       <c r="F179" s="408"/>
       <c r="G179" s="377"/>
       <c r="H179" s="398"/>
-      <c r="I179" s="193"/>
+      <c r="I179" s="203"/>
       <c r="J179" s="374"/>
     </row>
     <row r="180" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A180" s="388" t="s">
         <v>80</v>
       </c>
-      <c r="B180" s="220" t="s">
+      <c r="B180" s="230" t="s">
         <v>77</v>
       </c>
-      <c r="C180" s="222"/>
+      <c r="C180" s="232"/>
       <c r="D180" s="409" t="s">
         <v>338</v>
       </c>
       <c r="E180" s="410"/>
       <c r="F180" s="406">
         <v>34</v>
       </c>
       <c r="G180" s="375"/>
       <c r="H180" s="395"/>
       <c r="I180" s="396"/>
       <c r="J180" s="372"/>
     </row>
     <row r="181" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A181" s="389"/>
       <c r="B181" s="378"/>
       <c r="C181" s="379"/>
       <c r="D181" s="411"/>
       <c r="E181" s="412"/>
       <c r="F181" s="407"/>
       <c r="G181" s="376"/>
       <c r="H181" s="397"/>
-      <c r="I181" s="219"/>
+      <c r="I181" s="229"/>
       <c r="J181" s="373"/>
     </row>
     <row r="182" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A182" s="389"/>
       <c r="B182" s="378"/>
       <c r="C182" s="379"/>
       <c r="D182" s="411"/>
       <c r="E182" s="412"/>
       <c r="F182" s="407"/>
       <c r="G182" s="376"/>
       <c r="H182" s="397"/>
-      <c r="I182" s="219"/>
+      <c r="I182" s="229"/>
       <c r="J182" s="373"/>
     </row>
     <row r="183" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A183" s="389"/>
       <c r="B183" s="378"/>
       <c r="C183" s="379"/>
       <c r="D183" s="411"/>
       <c r="E183" s="412"/>
       <c r="F183" s="407"/>
       <c r="G183" s="376"/>
       <c r="H183" s="397"/>
-      <c r="I183" s="219"/>
+      <c r="I183" s="229"/>
       <c r="J183" s="373"/>
     </row>
     <row r="184" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A184" s="389"/>
       <c r="B184" s="380"/>
       <c r="C184" s="381"/>
       <c r="D184" s="413"/>
       <c r="E184" s="414"/>
       <c r="F184" s="408"/>
       <c r="G184" s="377"/>
       <c r="H184" s="398"/>
-      <c r="I184" s="193"/>
+      <c r="I184" s="203"/>
       <c r="J184" s="374"/>
     </row>
     <row r="185" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A185" s="389"/>
       <c r="B185" s="415" t="s">
         <v>244</v>
       </c>
-      <c r="C185" s="204"/>
+      <c r="C185" s="214"/>
       <c r="D185" s="409" t="s">
         <v>95</v>
       </c>
       <c r="E185" s="410"/>
       <c r="F185" s="406">
         <v>35</v>
       </c>
       <c r="G185" s="375"/>
       <c r="H185" s="395"/>
       <c r="I185" s="396"/>
       <c r="J185" s="372"/>
     </row>
     <row r="186" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A186" s="389"/>
       <c r="B186" s="416"/>
-      <c r="C186" s="207"/>
+      <c r="C186" s="217"/>
       <c r="D186" s="411"/>
       <c r="E186" s="412"/>
       <c r="F186" s="407"/>
       <c r="G186" s="376"/>
       <c r="H186" s="397"/>
-      <c r="I186" s="219"/>
+      <c r="I186" s="229"/>
       <c r="J186" s="373"/>
     </row>
     <row r="187" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A187" s="389"/>
       <c r="B187" s="416"/>
-      <c r="C187" s="207"/>
+      <c r="C187" s="217"/>
       <c r="D187" s="411"/>
       <c r="E187" s="412"/>
       <c r="F187" s="407"/>
       <c r="G187" s="376"/>
       <c r="H187" s="397"/>
-      <c r="I187" s="219"/>
+      <c r="I187" s="229"/>
       <c r="J187" s="373"/>
     </row>
     <row r="188" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A188" s="389"/>
       <c r="B188" s="416"/>
-      <c r="C188" s="207"/>
+      <c r="C188" s="217"/>
       <c r="D188" s="411"/>
       <c r="E188" s="412"/>
       <c r="F188" s="407"/>
       <c r="G188" s="376"/>
       <c r="H188" s="397"/>
-      <c r="I188" s="219"/>
+      <c r="I188" s="229"/>
       <c r="J188" s="373"/>
     </row>
     <row r="189" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A189" s="389"/>
       <c r="B189" s="416"/>
-      <c r="C189" s="207"/>
+      <c r="C189" s="217"/>
       <c r="D189" s="413"/>
       <c r="E189" s="414"/>
       <c r="F189" s="408"/>
       <c r="G189" s="377"/>
       <c r="H189" s="398"/>
-      <c r="I189" s="193"/>
+      <c r="I189" s="203"/>
       <c r="J189" s="374"/>
     </row>
     <row r="190" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A190" s="389"/>
       <c r="B190" s="416"/>
-      <c r="C190" s="207"/>
+      <c r="C190" s="217"/>
       <c r="D190" s="409" t="s">
         <v>307</v>
       </c>
       <c r="E190" s="410"/>
       <c r="F190" s="406">
         <v>36</v>
       </c>
       <c r="G190" s="392"/>
       <c r="H190" s="395"/>
       <c r="I190" s="396"/>
       <c r="J190" s="372"/>
     </row>
     <row r="191" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A191" s="389"/>
       <c r="B191" s="416"/>
-      <c r="C191" s="207"/>
+      <c r="C191" s="217"/>
       <c r="D191" s="411"/>
       <c r="E191" s="412"/>
       <c r="F191" s="407"/>
       <c r="G191" s="393"/>
       <c r="H191" s="397"/>
-      <c r="I191" s="219"/>
+      <c r="I191" s="229"/>
       <c r="J191" s="373"/>
     </row>
     <row r="192" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A192" s="389"/>
       <c r="B192" s="416"/>
-      <c r="C192" s="207"/>
+      <c r="C192" s="217"/>
       <c r="D192" s="411"/>
       <c r="E192" s="412"/>
       <c r="F192" s="407"/>
       <c r="G192" s="393"/>
       <c r="H192" s="397"/>
-      <c r="I192" s="219"/>
+      <c r="I192" s="229"/>
       <c r="J192" s="373"/>
     </row>
     <row r="193" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A193" s="389"/>
       <c r="B193" s="416"/>
-      <c r="C193" s="207"/>
+      <c r="C193" s="217"/>
       <c r="D193" s="411"/>
       <c r="E193" s="412"/>
       <c r="F193" s="407"/>
       <c r="G193" s="393"/>
       <c r="H193" s="397"/>
-      <c r="I193" s="219"/>
+      <c r="I193" s="229"/>
       <c r="J193" s="373"/>
     </row>
     <row r="194" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A194" s="389"/>
       <c r="B194" s="416"/>
-      <c r="C194" s="207"/>
+      <c r="C194" s="217"/>
       <c r="D194" s="413"/>
       <c r="E194" s="414"/>
       <c r="F194" s="408"/>
       <c r="G194" s="394"/>
       <c r="H194" s="398"/>
-      <c r="I194" s="193"/>
+      <c r="I194" s="203"/>
       <c r="J194" s="374"/>
     </row>
     <row r="195" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A195" s="389"/>
       <c r="B195" s="416"/>
-      <c r="C195" s="207"/>
+      <c r="C195" s="217"/>
       <c r="D195" s="409" t="s">
         <v>242</v>
       </c>
       <c r="E195" s="410"/>
       <c r="F195" s="406">
         <v>37</v>
       </c>
       <c r="G195" s="392"/>
       <c r="H195" s="395"/>
       <c r="I195" s="396"/>
       <c r="J195" s="372"/>
     </row>
     <row r="196" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A196" s="389"/>
       <c r="B196" s="416"/>
-      <c r="C196" s="207"/>
+      <c r="C196" s="217"/>
       <c r="D196" s="411"/>
       <c r="E196" s="412"/>
       <c r="F196" s="407"/>
       <c r="G196" s="393"/>
       <c r="H196" s="397"/>
-      <c r="I196" s="219"/>
+      <c r="I196" s="229"/>
       <c r="J196" s="373"/>
     </row>
     <row r="197" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A197" s="389"/>
       <c r="B197" s="416"/>
-      <c r="C197" s="207"/>
+      <c r="C197" s="217"/>
       <c r="D197" s="411"/>
       <c r="E197" s="412"/>
       <c r="F197" s="407"/>
       <c r="G197" s="393"/>
       <c r="H197" s="397"/>
-      <c r="I197" s="219"/>
+      <c r="I197" s="229"/>
       <c r="J197" s="373"/>
     </row>
     <row r="198" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A198" s="389"/>
       <c r="B198" s="416"/>
-      <c r="C198" s="207"/>
+      <c r="C198" s="217"/>
       <c r="D198" s="411"/>
       <c r="E198" s="412"/>
       <c r="F198" s="407"/>
       <c r="G198" s="393"/>
       <c r="H198" s="397"/>
-      <c r="I198" s="219"/>
+      <c r="I198" s="229"/>
       <c r="J198" s="373"/>
     </row>
     <row r="199" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A199" s="389"/>
       <c r="B199" s="416"/>
-      <c r="C199" s="207"/>
+      <c r="C199" s="217"/>
       <c r="D199" s="413"/>
       <c r="E199" s="414"/>
       <c r="F199" s="408"/>
       <c r="G199" s="394"/>
       <c r="H199" s="398"/>
-      <c r="I199" s="193"/>
+      <c r="I199" s="203"/>
       <c r="J199" s="374"/>
     </row>
     <row r="200" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A200" s="389"/>
       <c r="B200" s="416"/>
-      <c r="C200" s="207"/>
+      <c r="C200" s="217"/>
       <c r="D200" s="409" t="s">
         <v>241</v>
       </c>
       <c r="E200" s="410"/>
       <c r="F200" s="406">
         <v>38</v>
       </c>
       <c r="G200" s="392"/>
       <c r="H200" s="395"/>
       <c r="I200" s="396"/>
       <c r="J200" s="372"/>
     </row>
     <row r="201" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A201" s="389"/>
       <c r="B201" s="416"/>
-      <c r="C201" s="207"/>
+      <c r="C201" s="217"/>
       <c r="D201" s="411"/>
       <c r="E201" s="412"/>
       <c r="F201" s="407"/>
       <c r="G201" s="393"/>
       <c r="H201" s="397"/>
-      <c r="I201" s="219"/>
+      <c r="I201" s="229"/>
       <c r="J201" s="373"/>
     </row>
     <row r="202" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A202" s="389"/>
       <c r="B202" s="416"/>
-      <c r="C202" s="207"/>
+      <c r="C202" s="217"/>
       <c r="D202" s="411"/>
       <c r="E202" s="412"/>
       <c r="F202" s="407"/>
       <c r="G202" s="393"/>
       <c r="H202" s="397"/>
-      <c r="I202" s="219"/>
+      <c r="I202" s="229"/>
       <c r="J202" s="373"/>
     </row>
     <row r="203" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A203" s="389"/>
       <c r="B203" s="416"/>
-      <c r="C203" s="207"/>
+      <c r="C203" s="217"/>
       <c r="D203" s="411"/>
       <c r="E203" s="412"/>
       <c r="F203" s="407"/>
       <c r="G203" s="393"/>
       <c r="H203" s="397"/>
-      <c r="I203" s="219"/>
+      <c r="I203" s="229"/>
       <c r="J203" s="373"/>
     </row>
     <row r="204" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A204" s="389"/>
       <c r="B204" s="416"/>
-      <c r="C204" s="207"/>
+      <c r="C204" s="217"/>
       <c r="D204" s="413"/>
       <c r="E204" s="414"/>
       <c r="F204" s="408"/>
       <c r="G204" s="394"/>
       <c r="H204" s="398"/>
-      <c r="I204" s="193"/>
+      <c r="I204" s="203"/>
       <c r="J204" s="374"/>
     </row>
     <row r="205" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A205" s="389"/>
       <c r="B205" s="416"/>
-      <c r="C205" s="207"/>
+      <c r="C205" s="217"/>
       <c r="D205" s="409" t="s">
         <v>69</v>
       </c>
       <c r="E205" s="410"/>
       <c r="F205" s="406">
         <v>39</v>
       </c>
       <c r="G205" s="375"/>
       <c r="H205" s="395"/>
       <c r="I205" s="396"/>
       <c r="J205" s="372"/>
     </row>
     <row r="206" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A206" s="389"/>
       <c r="B206" s="416"/>
-      <c r="C206" s="207"/>
+      <c r="C206" s="217"/>
       <c r="D206" s="411"/>
       <c r="E206" s="412"/>
       <c r="F206" s="407"/>
       <c r="G206" s="376"/>
       <c r="H206" s="397"/>
-      <c r="I206" s="219"/>
+      <c r="I206" s="229"/>
       <c r="J206" s="373"/>
     </row>
     <row r="207" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A207" s="389"/>
       <c r="B207" s="416"/>
-      <c r="C207" s="207"/>
+      <c r="C207" s="217"/>
       <c r="D207" s="411"/>
       <c r="E207" s="412"/>
       <c r="F207" s="407"/>
       <c r="G207" s="376"/>
       <c r="H207" s="397"/>
-      <c r="I207" s="219"/>
+      <c r="I207" s="229"/>
       <c r="J207" s="373"/>
     </row>
     <row r="208" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A208" s="389"/>
       <c r="B208" s="416"/>
-      <c r="C208" s="207"/>
+      <c r="C208" s="217"/>
       <c r="D208" s="411"/>
       <c r="E208" s="412"/>
       <c r="F208" s="407"/>
       <c r="G208" s="376"/>
       <c r="H208" s="397"/>
-      <c r="I208" s="219"/>
+      <c r="I208" s="229"/>
       <c r="J208" s="373"/>
     </row>
     <row r="209" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A209" s="389"/>
       <c r="B209" s="416"/>
-      <c r="C209" s="207"/>
+      <c r="C209" s="217"/>
       <c r="D209" s="413"/>
       <c r="E209" s="414"/>
       <c r="F209" s="408"/>
       <c r="G209" s="377"/>
       <c r="H209" s="398"/>
-      <c r="I209" s="193"/>
+      <c r="I209" s="203"/>
       <c r="J209" s="374"/>
     </row>
     <row r="210" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A210" s="389"/>
       <c r="B210" s="416"/>
-      <c r="C210" s="207"/>
+      <c r="C210" s="217"/>
       <c r="D210" s="409" t="s">
         <v>70</v>
       </c>
       <c r="E210" s="410"/>
       <c r="F210" s="406">
         <v>40</v>
       </c>
       <c r="G210" s="375"/>
       <c r="H210" s="395"/>
       <c r="I210" s="396"/>
       <c r="J210" s="372"/>
     </row>
     <row r="211" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A211" s="389"/>
       <c r="B211" s="416"/>
-      <c r="C211" s="207"/>
+      <c r="C211" s="217"/>
       <c r="D211" s="411"/>
       <c r="E211" s="412"/>
       <c r="F211" s="407"/>
       <c r="G211" s="376"/>
       <c r="H211" s="397"/>
-      <c r="I211" s="219"/>
+      <c r="I211" s="229"/>
       <c r="J211" s="373"/>
     </row>
     <row r="212" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A212" s="389"/>
       <c r="B212" s="416"/>
-      <c r="C212" s="207"/>
+      <c r="C212" s="217"/>
       <c r="D212" s="411"/>
       <c r="E212" s="412"/>
       <c r="F212" s="407"/>
       <c r="G212" s="376"/>
       <c r="H212" s="397"/>
-      <c r="I212" s="219"/>
+      <c r="I212" s="229"/>
       <c r="J212" s="373"/>
     </row>
     <row r="213" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A213" s="389"/>
       <c r="B213" s="416"/>
-      <c r="C213" s="207"/>
+      <c r="C213" s="217"/>
       <c r="D213" s="411"/>
       <c r="E213" s="412"/>
       <c r="F213" s="407"/>
       <c r="G213" s="376"/>
       <c r="H213" s="397"/>
-      <c r="I213" s="219"/>
+      <c r="I213" s="229"/>
       <c r="J213" s="373"/>
     </row>
     <row r="214" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A214" s="389"/>
       <c r="B214" s="416"/>
-      <c r="C214" s="207"/>
+      <c r="C214" s="217"/>
       <c r="D214" s="413"/>
       <c r="E214" s="414"/>
       <c r="F214" s="408"/>
       <c r="G214" s="377"/>
       <c r="H214" s="398"/>
-      <c r="I214" s="193"/>
+      <c r="I214" s="203"/>
       <c r="J214" s="374"/>
     </row>
     <row r="215" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A215" s="389"/>
       <c r="B215" s="416"/>
-      <c r="C215" s="207"/>
+      <c r="C215" s="217"/>
       <c r="D215" s="409" t="s">
         <v>115</v>
       </c>
       <c r="E215" s="410"/>
       <c r="F215" s="406">
         <v>41</v>
       </c>
       <c r="G215" s="375"/>
       <c r="H215" s="395"/>
       <c r="I215" s="396"/>
       <c r="J215" s="372"/>
     </row>
     <row r="216" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A216" s="389"/>
       <c r="B216" s="416"/>
-      <c r="C216" s="207"/>
+      <c r="C216" s="217"/>
       <c r="D216" s="411"/>
       <c r="E216" s="412"/>
       <c r="F216" s="407"/>
       <c r="G216" s="376"/>
       <c r="H216" s="397"/>
-      <c r="I216" s="219"/>
+      <c r="I216" s="229"/>
       <c r="J216" s="373"/>
     </row>
     <row r="217" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A217" s="389"/>
       <c r="B217" s="416"/>
-      <c r="C217" s="207"/>
+      <c r="C217" s="217"/>
       <c r="D217" s="411"/>
       <c r="E217" s="412"/>
       <c r="F217" s="407"/>
       <c r="G217" s="376"/>
       <c r="H217" s="397"/>
-      <c r="I217" s="219"/>
+      <c r="I217" s="229"/>
       <c r="J217" s="373"/>
     </row>
     <row r="218" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A218" s="389"/>
       <c r="B218" s="416"/>
-      <c r="C218" s="207"/>
+      <c r="C218" s="217"/>
       <c r="D218" s="411"/>
       <c r="E218" s="412"/>
       <c r="F218" s="407"/>
       <c r="G218" s="376"/>
       <c r="H218" s="397"/>
-      <c r="I218" s="219"/>
+      <c r="I218" s="229"/>
       <c r="J218" s="373"/>
     </row>
     <row r="219" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A219" s="389"/>
       <c r="B219" s="416"/>
-      <c r="C219" s="207"/>
+      <c r="C219" s="217"/>
       <c r="D219" s="413"/>
       <c r="E219" s="414"/>
       <c r="F219" s="408"/>
       <c r="G219" s="377"/>
       <c r="H219" s="398"/>
-      <c r="I219" s="193"/>
+      <c r="I219" s="203"/>
       <c r="J219" s="374"/>
     </row>
     <row r="220" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A220" s="389"/>
       <c r="B220" s="416"/>
-      <c r="C220" s="207"/>
+      <c r="C220" s="217"/>
       <c r="D220" s="409" t="s">
         <v>71</v>
       </c>
       <c r="E220" s="410"/>
       <c r="F220" s="406">
         <v>42</v>
       </c>
       <c r="G220" s="375"/>
       <c r="H220" s="395"/>
       <c r="I220" s="396"/>
       <c r="J220" s="372"/>
     </row>
     <row r="221" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A221" s="389"/>
       <c r="B221" s="416"/>
-      <c r="C221" s="207"/>
+      <c r="C221" s="217"/>
       <c r="D221" s="411"/>
       <c r="E221" s="412"/>
       <c r="F221" s="407"/>
       <c r="G221" s="376"/>
       <c r="H221" s="397"/>
-      <c r="I221" s="219"/>
+      <c r="I221" s="229"/>
       <c r="J221" s="373"/>
     </row>
     <row r="222" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A222" s="389"/>
       <c r="B222" s="416"/>
-      <c r="C222" s="207"/>
+      <c r="C222" s="217"/>
       <c r="D222" s="411"/>
       <c r="E222" s="412"/>
       <c r="F222" s="407"/>
       <c r="G222" s="376"/>
       <c r="H222" s="397"/>
-      <c r="I222" s="219"/>
+      <c r="I222" s="229"/>
       <c r="J222" s="373"/>
     </row>
     <row r="223" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A223" s="389"/>
       <c r="B223" s="416"/>
-      <c r="C223" s="207"/>
+      <c r="C223" s="217"/>
       <c r="D223" s="411"/>
       <c r="E223" s="412"/>
       <c r="F223" s="407"/>
       <c r="G223" s="376"/>
       <c r="H223" s="397"/>
-      <c r="I223" s="219"/>
+      <c r="I223" s="229"/>
       <c r="J223" s="373"/>
     </row>
     <row r="224" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A224" s="390"/>
       <c r="B224" s="417"/>
       <c r="C224" s="418"/>
       <c r="D224" s="413"/>
       <c r="E224" s="414"/>
       <c r="F224" s="408"/>
       <c r="G224" s="377"/>
       <c r="H224" s="398"/>
-      <c r="I224" s="193"/>
+      <c r="I224" s="203"/>
       <c r="J224" s="374"/>
     </row>
     <row r="225" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A225" s="388" t="s">
         <v>82</v>
       </c>
-      <c r="B225" s="220" t="s">
+      <c r="B225" s="230" t="s">
         <v>72</v>
       </c>
-      <c r="C225" s="222"/>
+      <c r="C225" s="232"/>
       <c r="D225" s="409" t="s">
         <v>318</v>
       </c>
       <c r="E225" s="410"/>
       <c r="F225" s="406">
         <v>43</v>
       </c>
       <c r="G225" s="375"/>
       <c r="H225" s="395"/>
       <c r="I225" s="396"/>
       <c r="J225" s="372"/>
     </row>
     <row r="226" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A226" s="389"/>
       <c r="B226" s="378"/>
       <c r="C226" s="379"/>
       <c r="D226" s="411"/>
       <c r="E226" s="412"/>
       <c r="F226" s="407"/>
       <c r="G226" s="376"/>
       <c r="H226" s="397"/>
-      <c r="I226" s="219"/>
+      <c r="I226" s="229"/>
       <c r="J226" s="373"/>
     </row>
     <row r="227" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A227" s="389"/>
       <c r="B227" s="378"/>
       <c r="C227" s="379"/>
       <c r="D227" s="411"/>
       <c r="E227" s="412"/>
       <c r="F227" s="407"/>
       <c r="G227" s="376"/>
       <c r="H227" s="397"/>
-      <c r="I227" s="219"/>
+      <c r="I227" s="229"/>
       <c r="J227" s="373"/>
     </row>
     <row r="228" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A228" s="389"/>
       <c r="B228" s="378"/>
       <c r="C228" s="379"/>
       <c r="D228" s="411"/>
       <c r="E228" s="412"/>
       <c r="F228" s="407"/>
       <c r="G228" s="376"/>
       <c r="H228" s="397"/>
-      <c r="I228" s="219"/>
+      <c r="I228" s="229"/>
       <c r="J228" s="373"/>
     </row>
     <row r="229" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A229" s="389"/>
       <c r="B229" s="378"/>
       <c r="C229" s="379"/>
       <c r="D229" s="413"/>
       <c r="E229" s="414"/>
       <c r="F229" s="408"/>
       <c r="G229" s="377"/>
       <c r="H229" s="398"/>
-      <c r="I229" s="193"/>
+      <c r="I229" s="203"/>
       <c r="J229" s="374"/>
     </row>
     <row r="230" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A230" s="389"/>
       <c r="B230" s="378"/>
       <c r="C230" s="379"/>
       <c r="D230" s="409" t="s">
         <v>73</v>
       </c>
       <c r="E230" s="410"/>
       <c r="F230" s="406">
         <v>44</v>
       </c>
       <c r="G230" s="375"/>
       <c r="H230" s="395"/>
       <c r="I230" s="396"/>
       <c r="J230" s="372"/>
     </row>
     <row r="231" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A231" s="389"/>
       <c r="B231" s="378"/>
       <c r="C231" s="379"/>
       <c r="D231" s="411"/>
       <c r="E231" s="412"/>
       <c r="F231" s="407"/>
       <c r="G231" s="376"/>
       <c r="H231" s="397"/>
-      <c r="I231" s="219"/>
+      <c r="I231" s="229"/>
       <c r="J231" s="373"/>
     </row>
     <row r="232" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A232" s="389"/>
       <c r="B232" s="378"/>
       <c r="C232" s="379"/>
       <c r="D232" s="411"/>
       <c r="E232" s="412"/>
       <c r="F232" s="407"/>
       <c r="G232" s="376"/>
       <c r="H232" s="397"/>
-      <c r="I232" s="219"/>
+      <c r="I232" s="229"/>
       <c r="J232" s="373"/>
     </row>
     <row r="233" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A233" s="389"/>
       <c r="B233" s="378"/>
       <c r="C233" s="379"/>
       <c r="D233" s="411"/>
       <c r="E233" s="412"/>
       <c r="F233" s="407"/>
       <c r="G233" s="376"/>
       <c r="H233" s="397"/>
-      <c r="I233" s="219"/>
+      <c r="I233" s="229"/>
       <c r="J233" s="373"/>
     </row>
     <row r="234" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A234" s="389"/>
       <c r="B234" s="378"/>
       <c r="C234" s="379"/>
       <c r="D234" s="413"/>
       <c r="E234" s="414"/>
       <c r="F234" s="408"/>
       <c r="G234" s="377"/>
       <c r="H234" s="398"/>
-      <c r="I234" s="193"/>
+      <c r="I234" s="203"/>
       <c r="J234" s="374"/>
     </row>
     <row r="235" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A235" s="389"/>
       <c r="B235" s="378"/>
       <c r="C235" s="379"/>
       <c r="D235" s="409" t="s">
         <v>74</v>
       </c>
       <c r="E235" s="410"/>
       <c r="F235" s="406">
         <v>45</v>
       </c>
       <c r="G235" s="375"/>
       <c r="H235" s="395"/>
       <c r="I235" s="396"/>
       <c r="J235" s="372"/>
     </row>
     <row r="236" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A236" s="389"/>
       <c r="B236" s="378"/>
       <c r="C236" s="379"/>
       <c r="D236" s="411"/>
       <c r="E236" s="412"/>
       <c r="F236" s="407"/>
       <c r="G236" s="376"/>
       <c r="H236" s="397"/>
-      <c r="I236" s="219"/>
+      <c r="I236" s="229"/>
       <c r="J236" s="373"/>
     </row>
     <row r="237" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A237" s="389"/>
       <c r="B237" s="378"/>
       <c r="C237" s="379"/>
       <c r="D237" s="411"/>
       <c r="E237" s="412"/>
       <c r="F237" s="407"/>
       <c r="G237" s="376"/>
       <c r="H237" s="397"/>
-      <c r="I237" s="219"/>
+      <c r="I237" s="229"/>
       <c r="J237" s="373"/>
     </row>
     <row r="238" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A238" s="389"/>
       <c r="B238" s="378"/>
       <c r="C238" s="379"/>
       <c r="D238" s="411"/>
       <c r="E238" s="412"/>
       <c r="F238" s="407"/>
       <c r="G238" s="376"/>
       <c r="H238" s="397"/>
-      <c r="I238" s="219"/>
+      <c r="I238" s="229"/>
       <c r="J238" s="373"/>
     </row>
     <row r="239" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A239" s="389"/>
       <c r="B239" s="378"/>
       <c r="C239" s="379"/>
       <c r="D239" s="413"/>
       <c r="E239" s="414"/>
       <c r="F239" s="408"/>
       <c r="G239" s="377"/>
       <c r="H239" s="398"/>
-      <c r="I239" s="193"/>
+      <c r="I239" s="203"/>
       <c r="J239" s="374"/>
     </row>
     <row r="240" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A240" s="389"/>
       <c r="B240" s="378"/>
       <c r="C240" s="379"/>
       <c r="D240" s="409" t="s">
         <v>75</v>
       </c>
       <c r="E240" s="410"/>
       <c r="F240" s="406">
         <v>46</v>
       </c>
       <c r="G240" s="375"/>
       <c r="H240" s="395"/>
       <c r="I240" s="396"/>
       <c r="J240" s="372"/>
     </row>
     <row r="241" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A241" s="389"/>
       <c r="B241" s="378"/>
       <c r="C241" s="379"/>
       <c r="D241" s="411"/>
       <c r="E241" s="412"/>
       <c r="F241" s="407"/>
       <c r="G241" s="376"/>
       <c r="H241" s="397"/>
-      <c r="I241" s="219"/>
+      <c r="I241" s="229"/>
       <c r="J241" s="373"/>
     </row>
     <row r="242" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A242" s="389"/>
       <c r="B242" s="378"/>
       <c r="C242" s="379"/>
       <c r="D242" s="411"/>
       <c r="E242" s="412"/>
       <c r="F242" s="407"/>
       <c r="G242" s="376"/>
       <c r="H242" s="397"/>
-      <c r="I242" s="219"/>
+      <c r="I242" s="229"/>
       <c r="J242" s="373"/>
     </row>
     <row r="243" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A243" s="389"/>
       <c r="B243" s="378"/>
       <c r="C243" s="379"/>
       <c r="D243" s="411"/>
       <c r="E243" s="412"/>
       <c r="F243" s="407"/>
       <c r="G243" s="376"/>
       <c r="H243" s="397"/>
-      <c r="I243" s="219"/>
+      <c r="I243" s="229"/>
       <c r="J243" s="373"/>
     </row>
     <row r="244" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A244" s="389"/>
       <c r="B244" s="378"/>
       <c r="C244" s="379"/>
       <c r="D244" s="413"/>
       <c r="E244" s="414"/>
       <c r="F244" s="408"/>
       <c r="G244" s="377"/>
       <c r="H244" s="398"/>
-      <c r="I244" s="193"/>
+      <c r="I244" s="203"/>
       <c r="J244" s="374"/>
     </row>
     <row r="245" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A245" s="389"/>
       <c r="B245" s="378"/>
       <c r="C245" s="379"/>
       <c r="D245" s="409" t="s">
         <v>76</v>
       </c>
       <c r="E245" s="410"/>
       <c r="F245" s="406">
         <v>47</v>
       </c>
       <c r="G245" s="375"/>
       <c r="H245" s="395"/>
       <c r="I245" s="396"/>
       <c r="J245" s="372"/>
     </row>
     <row r="246" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A246" s="389"/>
       <c r="B246" s="378"/>
       <c r="C246" s="379"/>
       <c r="D246" s="411"/>
       <c r="E246" s="412"/>
       <c r="F246" s="407"/>
       <c r="G246" s="376"/>
       <c r="H246" s="397"/>
-      <c r="I246" s="219"/>
+      <c r="I246" s="229"/>
       <c r="J246" s="373"/>
     </row>
     <row r="247" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A247" s="389"/>
       <c r="B247" s="378"/>
       <c r="C247" s="379"/>
       <c r="D247" s="411"/>
       <c r="E247" s="412"/>
       <c r="F247" s="407"/>
       <c r="G247" s="376"/>
       <c r="H247" s="397"/>
-      <c r="I247" s="219"/>
+      <c r="I247" s="229"/>
       <c r="J247" s="373"/>
     </row>
     <row r="248" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A248" s="389"/>
       <c r="B248" s="378"/>
       <c r="C248" s="379"/>
       <c r="D248" s="411"/>
       <c r="E248" s="412"/>
       <c r="F248" s="407"/>
       <c r="G248" s="376"/>
       <c r="H248" s="397"/>
-      <c r="I248" s="219"/>
+      <c r="I248" s="229"/>
       <c r="J248" s="373"/>
     </row>
     <row r="249" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A249" s="389"/>
       <c r="B249" s="378"/>
       <c r="C249" s="379"/>
       <c r="D249" s="413"/>
       <c r="E249" s="414"/>
       <c r="F249" s="408"/>
       <c r="G249" s="377"/>
       <c r="H249" s="398"/>
-      <c r="I249" s="193"/>
+      <c r="I249" s="203"/>
       <c r="J249" s="374"/>
     </row>
     <row r="250" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A250" s="389"/>
       <c r="B250" s="378"/>
       <c r="C250" s="379"/>
       <c r="D250" s="409" t="s">
         <v>96</v>
       </c>
       <c r="E250" s="410"/>
       <c r="F250" s="406">
         <v>48</v>
       </c>
       <c r="G250" s="375"/>
       <c r="H250" s="395"/>
       <c r="I250" s="396"/>
       <c r="J250" s="372"/>
     </row>
     <row r="251" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A251" s="389"/>
       <c r="B251" s="378"/>
       <c r="C251" s="379"/>
       <c r="D251" s="411"/>
       <c r="E251" s="412"/>
       <c r="F251" s="407"/>
       <c r="G251" s="376"/>
       <c r="H251" s="397"/>
-      <c r="I251" s="219"/>
+      <c r="I251" s="229"/>
       <c r="J251" s="373"/>
     </row>
     <row r="252" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A252" s="389"/>
       <c r="B252" s="378"/>
       <c r="C252" s="379"/>
       <c r="D252" s="411"/>
       <c r="E252" s="412"/>
       <c r="F252" s="407"/>
       <c r="G252" s="376"/>
       <c r="H252" s="397"/>
-      <c r="I252" s="219"/>
+      <c r="I252" s="229"/>
       <c r="J252" s="373"/>
     </row>
     <row r="253" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A253" s="389"/>
       <c r="B253" s="378"/>
       <c r="C253" s="379"/>
       <c r="D253" s="411"/>
       <c r="E253" s="412"/>
       <c r="F253" s="407"/>
       <c r="G253" s="376"/>
       <c r="H253" s="397"/>
-      <c r="I253" s="219"/>
+      <c r="I253" s="229"/>
       <c r="J253" s="373"/>
     </row>
     <row r="254" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A254" s="390"/>
       <c r="B254" s="380"/>
       <c r="C254" s="381"/>
       <c r="D254" s="413"/>
       <c r="E254" s="414"/>
       <c r="F254" s="408"/>
       <c r="G254" s="377"/>
       <c r="H254" s="398"/>
-      <c r="I254" s="193"/>
+      <c r="I254" s="203"/>
       <c r="J254" s="374"/>
     </row>
     <row r="255" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A255" s="419" t="s">
         <v>49</v>
       </c>
       <c r="B255" s="415" t="s">
         <v>83</v>
       </c>
-      <c r="C255" s="204"/>
+      <c r="C255" s="214"/>
       <c r="D255" s="409" t="s">
         <v>84</v>
       </c>
       <c r="E255" s="410"/>
       <c r="F255" s="406">
         <v>49</v>
       </c>
       <c r="G255" s="375"/>
       <c r="H255" s="395"/>
       <c r="I255" s="396"/>
       <c r="J255" s="372"/>
     </row>
     <row r="256" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A256" s="420"/>
       <c r="B256" s="416"/>
-      <c r="C256" s="207"/>
+      <c r="C256" s="217"/>
       <c r="D256" s="411"/>
       <c r="E256" s="412"/>
       <c r="F256" s="407"/>
       <c r="G256" s="376"/>
       <c r="H256" s="397"/>
-      <c r="I256" s="219"/>
+      <c r="I256" s="229"/>
       <c r="J256" s="373"/>
     </row>
     <row r="257" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A257" s="420"/>
       <c r="B257" s="416"/>
-      <c r="C257" s="207"/>
+      <c r="C257" s="217"/>
       <c r="D257" s="411"/>
       <c r="E257" s="412"/>
       <c r="F257" s="407"/>
       <c r="G257" s="376"/>
       <c r="H257" s="397"/>
-      <c r="I257" s="219"/>
+      <c r="I257" s="229"/>
       <c r="J257" s="373"/>
     </row>
     <row r="258" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A258" s="420"/>
       <c r="B258" s="416"/>
-      <c r="C258" s="207"/>
+      <c r="C258" s="217"/>
       <c r="D258" s="411"/>
       <c r="E258" s="412"/>
       <c r="F258" s="407"/>
       <c r="G258" s="376"/>
       <c r="H258" s="397"/>
-      <c r="I258" s="219"/>
+      <c r="I258" s="229"/>
       <c r="J258" s="373"/>
     </row>
     <row r="259" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A259" s="421"/>
       <c r="B259" s="417"/>
       <c r="C259" s="418"/>
       <c r="D259" s="413"/>
       <c r="E259" s="414"/>
       <c r="F259" s="408"/>
       <c r="G259" s="377"/>
       <c r="H259" s="398"/>
-      <c r="I259" s="193"/>
+      <c r="I259" s="203"/>
       <c r="J259" s="374"/>
     </row>
     <row r="260" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A260" s="388" t="s">
         <v>85</v>
       </c>
-      <c r="B260" s="220" t="s">
+      <c r="B260" s="230" t="s">
         <v>44</v>
       </c>
-      <c r="C260" s="222"/>
+      <c r="C260" s="232"/>
       <c r="D260" s="409" t="s">
         <v>86</v>
       </c>
       <c r="E260" s="410"/>
       <c r="F260" s="406">
         <v>50</v>
       </c>
       <c r="G260" s="375"/>
       <c r="H260" s="395"/>
       <c r="I260" s="396"/>
       <c r="J260" s="372"/>
     </row>
     <row r="261" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A261" s="389"/>
       <c r="B261" s="378"/>
       <c r="C261" s="379"/>
       <c r="D261" s="411"/>
       <c r="E261" s="412"/>
       <c r="F261" s="407"/>
       <c r="G261" s="376"/>
       <c r="H261" s="397"/>
-      <c r="I261" s="219"/>
+      <c r="I261" s="229"/>
       <c r="J261" s="373"/>
     </row>
     <row r="262" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A262" s="389"/>
       <c r="B262" s="378"/>
       <c r="C262" s="379"/>
       <c r="D262" s="411"/>
       <c r="E262" s="412"/>
       <c r="F262" s="407"/>
       <c r="G262" s="376"/>
       <c r="H262" s="397"/>
-      <c r="I262" s="219"/>
+      <c r="I262" s="229"/>
       <c r="J262" s="373"/>
     </row>
     <row r="263" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A263" s="389"/>
       <c r="B263" s="378"/>
       <c r="C263" s="379"/>
       <c r="D263" s="411"/>
       <c r="E263" s="412"/>
       <c r="F263" s="407"/>
       <c r="G263" s="376"/>
       <c r="H263" s="397"/>
-      <c r="I263" s="219"/>
+      <c r="I263" s="229"/>
       <c r="J263" s="373"/>
     </row>
     <row r="264" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A264" s="389"/>
       <c r="B264" s="380"/>
       <c r="C264" s="381"/>
       <c r="D264" s="413"/>
       <c r="E264" s="414"/>
       <c r="F264" s="408"/>
       <c r="G264" s="377"/>
       <c r="H264" s="398"/>
-      <c r="I264" s="193"/>
+      <c r="I264" s="203"/>
       <c r="J264" s="374"/>
     </row>
     <row r="265" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A265" s="389"/>
-      <c r="B265" s="220" t="s">
+      <c r="B265" s="230" t="s">
         <v>87</v>
       </c>
-      <c r="C265" s="222"/>
+      <c r="C265" s="232"/>
       <c r="D265" s="409" t="s">
         <v>308</v>
       </c>
       <c r="E265" s="410"/>
       <c r="F265" s="406">
         <v>51</v>
       </c>
       <c r="G265" s="375"/>
       <c r="H265" s="395"/>
       <c r="I265" s="396"/>
       <c r="J265" s="372"/>
     </row>
     <row r="266" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A266" s="389"/>
       <c r="B266" s="378"/>
       <c r="C266" s="379"/>
       <c r="D266" s="411"/>
       <c r="E266" s="412"/>
       <c r="F266" s="407"/>
       <c r="G266" s="376"/>
       <c r="H266" s="397"/>
-      <c r="I266" s="219"/>
+      <c r="I266" s="229"/>
       <c r="J266" s="373"/>
     </row>
     <row r="267" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A267" s="389"/>
       <c r="B267" s="378"/>
       <c r="C267" s="379"/>
       <c r="D267" s="411"/>
       <c r="E267" s="412"/>
       <c r="F267" s="407"/>
       <c r="G267" s="376"/>
       <c r="H267" s="397"/>
-      <c r="I267" s="219"/>
+      <c r="I267" s="229"/>
       <c r="J267" s="373"/>
     </row>
     <row r="268" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A268" s="389"/>
       <c r="B268" s="378"/>
       <c r="C268" s="379"/>
       <c r="D268" s="411"/>
       <c r="E268" s="412"/>
       <c r="F268" s="407"/>
       <c r="G268" s="376"/>
       <c r="H268" s="397"/>
-      <c r="I268" s="219"/>
+      <c r="I268" s="229"/>
       <c r="J268" s="373"/>
     </row>
     <row r="269" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A269" s="389"/>
       <c r="B269" s="380"/>
       <c r="C269" s="381"/>
       <c r="D269" s="413"/>
       <c r="E269" s="414"/>
       <c r="F269" s="408"/>
       <c r="G269" s="377"/>
       <c r="H269" s="398"/>
-      <c r="I269" s="193"/>
+      <c r="I269" s="203"/>
       <c r="J269" s="374"/>
     </row>
     <row r="270" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A270" s="389"/>
-      <c r="B270" s="220" t="s">
+      <c r="B270" s="230" t="s">
         <v>309</v>
       </c>
-      <c r="C270" s="222"/>
+      <c r="C270" s="232"/>
       <c r="D270" s="409" t="s">
         <v>310</v>
       </c>
       <c r="E270" s="410"/>
       <c r="F270" s="406">
         <v>52</v>
       </c>
       <c r="G270" s="375"/>
       <c r="H270" s="395"/>
       <c r="I270" s="396"/>
       <c r="J270" s="372"/>
     </row>
     <row r="271" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A271" s="389"/>
       <c r="B271" s="378"/>
       <c r="C271" s="379"/>
       <c r="D271" s="411"/>
       <c r="E271" s="412"/>
       <c r="F271" s="407"/>
       <c r="G271" s="376"/>
       <c r="H271" s="397"/>
-      <c r="I271" s="219"/>
+      <c r="I271" s="229"/>
       <c r="J271" s="373"/>
     </row>
     <row r="272" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A272" s="389"/>
       <c r="B272" s="378"/>
       <c r="C272" s="379"/>
       <c r="D272" s="411"/>
       <c r="E272" s="412"/>
       <c r="F272" s="407"/>
       <c r="G272" s="376"/>
       <c r="H272" s="397"/>
-      <c r="I272" s="219"/>
+      <c r="I272" s="229"/>
       <c r="J272" s="373"/>
     </row>
     <row r="273" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A273" s="389"/>
       <c r="B273" s="378"/>
       <c r="C273" s="379"/>
       <c r="D273" s="411"/>
       <c r="E273" s="412"/>
       <c r="F273" s="407"/>
       <c r="G273" s="376"/>
       <c r="H273" s="397"/>
-      <c r="I273" s="219"/>
+      <c r="I273" s="229"/>
       <c r="J273" s="373"/>
     </row>
     <row r="274" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A274" s="390"/>
       <c r="B274" s="380"/>
       <c r="C274" s="381"/>
       <c r="D274" s="413"/>
       <c r="E274" s="414"/>
       <c r="F274" s="408"/>
       <c r="G274" s="377"/>
       <c r="H274" s="398"/>
-      <c r="I274" s="193"/>
+      <c r="I274" s="203"/>
       <c r="J274" s="374"/>
     </row>
     <row r="275" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A275" s="388" t="s">
         <v>88</v>
       </c>
-      <c r="B275" s="220" t="s">
+      <c r="B275" s="230" t="s">
         <v>251</v>
       </c>
-      <c r="C275" s="222"/>
+      <c r="C275" s="232"/>
       <c r="D275" s="409" t="s">
         <v>252</v>
       </c>
       <c r="E275" s="410"/>
       <c r="F275" s="406">
         <v>53</v>
       </c>
       <c r="G275" s="392"/>
       <c r="H275" s="395"/>
       <c r="I275" s="396"/>
       <c r="J275" s="372"/>
     </row>
     <row r="276" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A276" s="389"/>
       <c r="B276" s="378"/>
       <c r="C276" s="379"/>
       <c r="D276" s="411"/>
       <c r="E276" s="412"/>
       <c r="F276" s="407"/>
       <c r="G276" s="393"/>
       <c r="H276" s="397"/>
-      <c r="I276" s="219"/>
+      <c r="I276" s="229"/>
       <c r="J276" s="373"/>
     </row>
     <row r="277" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A277" s="389"/>
       <c r="B277" s="378"/>
       <c r="C277" s="379"/>
       <c r="D277" s="411"/>
       <c r="E277" s="412"/>
       <c r="F277" s="407"/>
       <c r="G277" s="393"/>
       <c r="H277" s="397"/>
-      <c r="I277" s="219"/>
+      <c r="I277" s="229"/>
       <c r="J277" s="373"/>
     </row>
     <row r="278" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A278" s="389"/>
       <c r="B278" s="378"/>
       <c r="C278" s="379"/>
       <c r="D278" s="411"/>
       <c r="E278" s="412"/>
       <c r="F278" s="407"/>
       <c r="G278" s="393"/>
       <c r="H278" s="397"/>
-      <c r="I278" s="219"/>
+      <c r="I278" s="229"/>
       <c r="J278" s="373"/>
     </row>
     <row r="279" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A279" s="389"/>
       <c r="B279" s="380"/>
       <c r="C279" s="381"/>
       <c r="D279" s="413"/>
       <c r="E279" s="414"/>
       <c r="F279" s="408"/>
       <c r="G279" s="394"/>
       <c r="H279" s="398"/>
-      <c r="I279" s="193"/>
+      <c r="I279" s="203"/>
       <c r="J279" s="374"/>
     </row>
     <row r="280" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A280" s="389"/>
-      <c r="B280" s="198" t="s">
+      <c r="B280" s="208" t="s">
         <v>238</v>
       </c>
-      <c r="C280" s="198"/>
+      <c r="C280" s="208"/>
       <c r="D280" s="440" t="s">
         <v>89</v>
       </c>
       <c r="E280" s="440"/>
       <c r="F280" s="406">
         <v>54</v>
       </c>
       <c r="G280" s="375"/>
       <c r="H280" s="395"/>
       <c r="I280" s="396"/>
       <c r="J280" s="372"/>
     </row>
     <row r="281" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A281" s="389"/>
-      <c r="B281" s="198"/>
-      <c r="C281" s="198"/>
+      <c r="B281" s="208"/>
+      <c r="C281" s="208"/>
       <c r="D281" s="440"/>
       <c r="E281" s="440"/>
       <c r="F281" s="407"/>
       <c r="G281" s="376"/>
       <c r="H281" s="397"/>
-      <c r="I281" s="219"/>
+      <c r="I281" s="229"/>
       <c r="J281" s="373"/>
     </row>
     <row r="282" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A282" s="389"/>
-      <c r="B282" s="198"/>
-      <c r="C282" s="198"/>
+      <c r="B282" s="208"/>
+      <c r="C282" s="208"/>
       <c r="D282" s="440"/>
       <c r="E282" s="440"/>
       <c r="F282" s="407"/>
       <c r="G282" s="376"/>
       <c r="H282" s="397"/>
-      <c r="I282" s="219"/>
+      <c r="I282" s="229"/>
       <c r="J282" s="373"/>
     </row>
     <row r="283" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A283" s="389"/>
-      <c r="B283" s="198"/>
-      <c r="C283" s="198"/>
+      <c r="B283" s="208"/>
+      <c r="C283" s="208"/>
       <c r="D283" s="440"/>
       <c r="E283" s="440"/>
       <c r="F283" s="407"/>
       <c r="G283" s="376"/>
       <c r="H283" s="397"/>
-      <c r="I283" s="219"/>
+      <c r="I283" s="229"/>
       <c r="J283" s="373"/>
     </row>
     <row r="284" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A284" s="389"/>
-      <c r="B284" s="198"/>
-      <c r="C284" s="198"/>
+      <c r="B284" s="208"/>
+      <c r="C284" s="208"/>
       <c r="D284" s="440"/>
       <c r="E284" s="440"/>
       <c r="F284" s="408"/>
       <c r="G284" s="377"/>
       <c r="H284" s="398"/>
-      <c r="I284" s="193"/>
+      <c r="I284" s="203"/>
       <c r="J284" s="374"/>
     </row>
     <row r="285" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A285" s="389"/>
-      <c r="B285" s="198"/>
-      <c r="C285" s="198"/>
+      <c r="B285" s="208"/>
+      <c r="C285" s="208"/>
       <c r="D285" s="440" t="s">
         <v>90</v>
       </c>
       <c r="E285" s="440"/>
       <c r="F285" s="406">
         <v>55</v>
       </c>
       <c r="G285" s="375"/>
       <c r="H285" s="395"/>
       <c r="I285" s="396"/>
       <c r="J285" s="372"/>
     </row>
     <row r="286" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A286" s="389"/>
-      <c r="B286" s="198"/>
-      <c r="C286" s="198"/>
+      <c r="B286" s="208"/>
+      <c r="C286" s="208"/>
       <c r="D286" s="440"/>
       <c r="E286" s="440"/>
       <c r="F286" s="407"/>
       <c r="G286" s="376"/>
       <c r="H286" s="397"/>
-      <c r="I286" s="219"/>
+      <c r="I286" s="229"/>
       <c r="J286" s="373"/>
     </row>
     <row r="287" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A287" s="389"/>
-      <c r="B287" s="198"/>
-      <c r="C287" s="198"/>
+      <c r="B287" s="208"/>
+      <c r="C287" s="208"/>
       <c r="D287" s="440"/>
       <c r="E287" s="440"/>
       <c r="F287" s="407"/>
       <c r="G287" s="376"/>
       <c r="H287" s="397"/>
-      <c r="I287" s="219"/>
+      <c r="I287" s="229"/>
       <c r="J287" s="373"/>
     </row>
     <row r="288" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A288" s="389"/>
-      <c r="B288" s="198"/>
-      <c r="C288" s="198"/>
+      <c r="B288" s="208"/>
+      <c r="C288" s="208"/>
       <c r="D288" s="440"/>
       <c r="E288" s="440"/>
       <c r="F288" s="407"/>
       <c r="G288" s="376"/>
       <c r="H288" s="397"/>
-      <c r="I288" s="219"/>
+      <c r="I288" s="229"/>
       <c r="J288" s="373"/>
     </row>
     <row r="289" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A289" s="389"/>
-      <c r="B289" s="198"/>
-      <c r="C289" s="198"/>
+      <c r="B289" s="208"/>
+      <c r="C289" s="208"/>
       <c r="D289" s="440"/>
       <c r="E289" s="440"/>
       <c r="F289" s="408"/>
       <c r="G289" s="377"/>
       <c r="H289" s="398"/>
-      <c r="I289" s="193"/>
+      <c r="I289" s="203"/>
       <c r="J289" s="374"/>
     </row>
     <row r="290" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A290" s="389"/>
-      <c r="B290" s="198"/>
-      <c r="C290" s="198"/>
+      <c r="B290" s="208"/>
+      <c r="C290" s="208"/>
       <c r="D290" s="440" t="s">
         <v>91</v>
       </c>
       <c r="E290" s="440"/>
       <c r="F290" s="406">
         <v>56</v>
       </c>
       <c r="G290" s="375"/>
       <c r="H290" s="395"/>
       <c r="I290" s="396"/>
       <c r="J290" s="372"/>
     </row>
     <row r="291" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A291" s="389"/>
-      <c r="B291" s="198"/>
-      <c r="C291" s="198"/>
+      <c r="B291" s="208"/>
+      <c r="C291" s="208"/>
       <c r="D291" s="440"/>
       <c r="E291" s="440"/>
       <c r="F291" s="407"/>
       <c r="G291" s="376"/>
       <c r="H291" s="397"/>
-      <c r="I291" s="219"/>
+      <c r="I291" s="229"/>
       <c r="J291" s="373"/>
     </row>
     <row r="292" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A292" s="389"/>
-      <c r="B292" s="198"/>
-      <c r="C292" s="198"/>
+      <c r="B292" s="208"/>
+      <c r="C292" s="208"/>
       <c r="D292" s="440"/>
       <c r="E292" s="440"/>
       <c r="F292" s="407"/>
       <c r="G292" s="376"/>
       <c r="H292" s="397"/>
-      <c r="I292" s="219"/>
+      <c r="I292" s="229"/>
       <c r="J292" s="373"/>
     </row>
     <row r="293" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A293" s="389"/>
-      <c r="B293" s="198"/>
-      <c r="C293" s="198"/>
+      <c r="B293" s="208"/>
+      <c r="C293" s="208"/>
       <c r="D293" s="440"/>
       <c r="E293" s="440"/>
       <c r="F293" s="407"/>
       <c r="G293" s="376"/>
       <c r="H293" s="397"/>
-      <c r="I293" s="219"/>
+      <c r="I293" s="229"/>
       <c r="J293" s="373"/>
     </row>
     <row r="294" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A294" s="389"/>
-      <c r="B294" s="198"/>
-      <c r="C294" s="198"/>
+      <c r="B294" s="208"/>
+      <c r="C294" s="208"/>
       <c r="D294" s="440"/>
       <c r="E294" s="440"/>
       <c r="F294" s="408"/>
       <c r="G294" s="377"/>
       <c r="H294" s="398"/>
-      <c r="I294" s="193"/>
+      <c r="I294" s="203"/>
       <c r="J294" s="374"/>
     </row>
     <row r="295" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A295" s="389"/>
-      <c r="B295" s="198"/>
-      <c r="C295" s="198"/>
+      <c r="B295" s="208"/>
+      <c r="C295" s="208"/>
       <c r="D295" s="440" t="s">
         <v>188</v>
       </c>
       <c r="E295" s="440"/>
       <c r="F295" s="406">
         <v>57</v>
       </c>
       <c r="G295" s="375"/>
       <c r="H295" s="395"/>
       <c r="I295" s="396"/>
       <c r="J295" s="372"/>
     </row>
     <row r="296" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A296" s="389"/>
-      <c r="B296" s="198"/>
-      <c r="C296" s="198"/>
+      <c r="B296" s="208"/>
+      <c r="C296" s="208"/>
       <c r="D296" s="440"/>
       <c r="E296" s="440"/>
       <c r="F296" s="407"/>
       <c r="G296" s="376"/>
       <c r="H296" s="397"/>
-      <c r="I296" s="219"/>
+      <c r="I296" s="229"/>
       <c r="J296" s="373"/>
     </row>
     <row r="297" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A297" s="389"/>
-      <c r="B297" s="198"/>
-      <c r="C297" s="198"/>
+      <c r="B297" s="208"/>
+      <c r="C297" s="208"/>
       <c r="D297" s="440"/>
       <c r="E297" s="440"/>
       <c r="F297" s="407"/>
       <c r="G297" s="376"/>
       <c r="H297" s="397"/>
-      <c r="I297" s="219"/>
+      <c r="I297" s="229"/>
       <c r="J297" s="373"/>
     </row>
     <row r="298" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A298" s="389"/>
-      <c r="B298" s="198"/>
-      <c r="C298" s="198"/>
+      <c r="B298" s="208"/>
+      <c r="C298" s="208"/>
       <c r="D298" s="440"/>
       <c r="E298" s="440"/>
       <c r="F298" s="407"/>
       <c r="G298" s="376"/>
       <c r="H298" s="397"/>
-      <c r="I298" s="219"/>
+      <c r="I298" s="229"/>
       <c r="J298" s="373"/>
     </row>
     <row r="299" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A299" s="389"/>
-      <c r="B299" s="198"/>
-      <c r="C299" s="198"/>
+      <c r="B299" s="208"/>
+      <c r="C299" s="208"/>
       <c r="D299" s="440"/>
       <c r="E299" s="440"/>
       <c r="F299" s="408"/>
       <c r="G299" s="377"/>
       <c r="H299" s="398"/>
-      <c r="I299" s="193"/>
+      <c r="I299" s="203"/>
       <c r="J299" s="374"/>
     </row>
     <row r="300" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A300" s="389"/>
-      <c r="B300" s="198"/>
-      <c r="C300" s="198"/>
+      <c r="B300" s="208"/>
+      <c r="C300" s="208"/>
       <c r="D300" s="440" t="s">
         <v>254</v>
       </c>
       <c r="E300" s="440"/>
       <c r="F300" s="406">
         <v>58</v>
       </c>
       <c r="G300" s="375"/>
       <c r="H300" s="395"/>
       <c r="I300" s="396"/>
       <c r="J300" s="372"/>
     </row>
     <row r="301" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A301" s="389"/>
-      <c r="B301" s="198"/>
-      <c r="C301" s="198"/>
+      <c r="B301" s="208"/>
+      <c r="C301" s="208"/>
       <c r="D301" s="440"/>
       <c r="E301" s="440"/>
       <c r="F301" s="407"/>
       <c r="G301" s="376"/>
       <c r="H301" s="397"/>
-      <c r="I301" s="219"/>
+      <c r="I301" s="229"/>
       <c r="J301" s="373"/>
     </row>
     <row r="302" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A302" s="389"/>
-      <c r="B302" s="198"/>
-      <c r="C302" s="198"/>
+      <c r="B302" s="208"/>
+      <c r="C302" s="208"/>
       <c r="D302" s="440"/>
       <c r="E302" s="440"/>
       <c r="F302" s="407"/>
       <c r="G302" s="376"/>
       <c r="H302" s="397"/>
-      <c r="I302" s="219"/>
+      <c r="I302" s="229"/>
       <c r="J302" s="373"/>
     </row>
     <row r="303" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A303" s="389"/>
-      <c r="B303" s="198"/>
-      <c r="C303" s="198"/>
+      <c r="B303" s="208"/>
+      <c r="C303" s="208"/>
       <c r="D303" s="440"/>
       <c r="E303" s="440"/>
       <c r="F303" s="407"/>
       <c r="G303" s="376"/>
       <c r="H303" s="397"/>
-      <c r="I303" s="219"/>
+      <c r="I303" s="229"/>
       <c r="J303" s="373"/>
     </row>
     <row r="304" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A304" s="389"/>
-      <c r="B304" s="198"/>
-      <c r="C304" s="198"/>
+      <c r="B304" s="208"/>
+      <c r="C304" s="208"/>
       <c r="D304" s="440"/>
       <c r="E304" s="440"/>
       <c r="F304" s="408"/>
       <c r="G304" s="377"/>
       <c r="H304" s="398"/>
-      <c r="I304" s="193"/>
+      <c r="I304" s="203"/>
       <c r="J304" s="374"/>
     </row>
     <row r="305" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A305" s="389"/>
-      <c r="B305" s="198"/>
-      <c r="C305" s="198"/>
+      <c r="B305" s="208"/>
+      <c r="C305" s="208"/>
       <c r="D305" s="440" t="s">
         <v>45</v>
       </c>
       <c r="E305" s="440"/>
       <c r="F305" s="406">
         <v>59</v>
       </c>
       <c r="G305" s="375"/>
       <c r="H305" s="395"/>
       <c r="I305" s="396"/>
       <c r="J305" s="372"/>
     </row>
     <row r="306" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A306" s="389"/>
-      <c r="B306" s="198"/>
-      <c r="C306" s="198"/>
+      <c r="B306" s="208"/>
+      <c r="C306" s="208"/>
       <c r="D306" s="440"/>
       <c r="E306" s="440"/>
       <c r="F306" s="407"/>
       <c r="G306" s="376"/>
       <c r="H306" s="397"/>
-      <c r="I306" s="219"/>
+      <c r="I306" s="229"/>
       <c r="J306" s="373"/>
     </row>
     <row r="307" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A307" s="389"/>
-      <c r="B307" s="198"/>
-      <c r="C307" s="198"/>
+      <c r="B307" s="208"/>
+      <c r="C307" s="208"/>
       <c r="D307" s="440"/>
       <c r="E307" s="440"/>
       <c r="F307" s="407"/>
       <c r="G307" s="376"/>
       <c r="H307" s="397"/>
-      <c r="I307" s="219"/>
+      <c r="I307" s="229"/>
       <c r="J307" s="373"/>
     </row>
     <row r="308" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A308" s="389"/>
-      <c r="B308" s="198"/>
-      <c r="C308" s="198"/>
+      <c r="B308" s="208"/>
+      <c r="C308" s="208"/>
       <c r="D308" s="440"/>
       <c r="E308" s="440"/>
       <c r="F308" s="407"/>
       <c r="G308" s="376"/>
       <c r="H308" s="397"/>
-      <c r="I308" s="219"/>
+      <c r="I308" s="229"/>
       <c r="J308" s="373"/>
     </row>
     <row r="309" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A309" s="389"/>
-      <c r="B309" s="198"/>
-      <c r="C309" s="198"/>
+      <c r="B309" s="208"/>
+      <c r="C309" s="208"/>
       <c r="D309" s="440"/>
       <c r="E309" s="440"/>
       <c r="F309" s="408"/>
       <c r="G309" s="377"/>
       <c r="H309" s="398"/>
-      <c r="I309" s="193"/>
+      <c r="I309" s="203"/>
       <c r="J309" s="374"/>
     </row>
     <row r="310" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A310" s="389"/>
-      <c r="B310" s="198"/>
-      <c r="C310" s="198"/>
+      <c r="B310" s="208"/>
+      <c r="C310" s="208"/>
       <c r="D310" s="409" t="s">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="E310" s="410"/>
       <c r="F310" s="426">
         <v>60</v>
       </c>
       <c r="G310" s="375"/>
       <c r="H310" s="395"/>
       <c r="I310" s="396"/>
       <c r="J310" s="372"/>
     </row>
     <row r="311" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A311" s="389"/>
-      <c r="B311" s="198"/>
-      <c r="C311" s="198"/>
+      <c r="B311" s="208"/>
+      <c r="C311" s="208"/>
       <c r="D311" s="411"/>
       <c r="E311" s="412"/>
       <c r="F311" s="424"/>
       <c r="G311" s="376"/>
       <c r="H311" s="397"/>
-      <c r="I311" s="219"/>
+      <c r="I311" s="229"/>
       <c r="J311" s="373"/>
     </row>
     <row r="312" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A312" s="389"/>
-      <c r="B312" s="198"/>
-      <c r="C312" s="198"/>
+      <c r="B312" s="208"/>
+      <c r="C312" s="208"/>
       <c r="D312" s="411"/>
       <c r="E312" s="412"/>
       <c r="F312" s="424"/>
       <c r="G312" s="376"/>
       <c r="H312" s="397"/>
-      <c r="I312" s="219"/>
+      <c r="I312" s="229"/>
       <c r="J312" s="373"/>
     </row>
     <row r="313" spans="1:10" ht="4.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A313" s="389"/>
-      <c r="B313" s="198"/>
-      <c r="C313" s="198"/>
+      <c r="B313" s="208"/>
+      <c r="C313" s="208"/>
       <c r="D313" s="411"/>
       <c r="E313" s="412"/>
       <c r="F313" s="424"/>
       <c r="G313" s="376"/>
       <c r="H313" s="397"/>
-      <c r="I313" s="219"/>
+      <c r="I313" s="229"/>
       <c r="J313" s="373"/>
     </row>
     <row r="314" spans="1:10" ht="4.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A314" s="389"/>
-      <c r="B314" s="198"/>
-      <c r="C314" s="198"/>
+      <c r="B314" s="208"/>
+      <c r="C314" s="208"/>
       <c r="D314" s="413"/>
       <c r="E314" s="414"/>
       <c r="F314" s="424"/>
       <c r="G314" s="376"/>
       <c r="H314" s="397"/>
-      <c r="I314" s="219"/>
+      <c r="I314" s="229"/>
       <c r="J314" s="373"/>
     </row>
     <row r="315" spans="1:10" ht="4.05" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A315" s="422" t="s">
         <v>109</v>
       </c>
       <c r="B315" s="438" t="s">
         <v>110</v>
       </c>
       <c r="C315" s="439"/>
       <c r="D315" s="427" t="s">
         <v>111</v>
       </c>
       <c r="E315" s="428"/>
       <c r="F315" s="426">
         <v>61</v>
       </c>
       <c r="G315" s="441"/>
       <c r="H315" s="395"/>
       <c r="I315" s="396"/>
       <c r="J315" s="372"/>
     </row>
     <row r="316" spans="1:10" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A316" s="422"/>
       <c r="B316" s="427"/>
       <c r="C316" s="428"/>
       <c r="D316" s="427"/>
       <c r="E316" s="428"/>
       <c r="F316" s="424"/>
       <c r="G316" s="442"/>
       <c r="H316" s="397"/>
-      <c r="I316" s="219"/>
+      <c r="I316" s="229"/>
       <c r="J316" s="373"/>
     </row>
     <row r="317" spans="1:10" ht="6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A317" s="423"/>
       <c r="B317" s="429"/>
       <c r="C317" s="430"/>
       <c r="D317" s="429"/>
       <c r="E317" s="430"/>
       <c r="F317" s="424"/>
       <c r="G317" s="442"/>
       <c r="H317" s="397"/>
-      <c r="I317" s="219"/>
+      <c r="I317" s="229"/>
       <c r="J317" s="373"/>
     </row>
     <row r="318" spans="1:10" ht="4.05" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A318" s="423"/>
       <c r="B318" s="431"/>
       <c r="C318" s="432"/>
       <c r="D318" s="431"/>
       <c r="E318" s="432"/>
       <c r="F318" s="424"/>
       <c r="G318" s="442"/>
       <c r="H318" s="397"/>
-      <c r="I318" s="219"/>
+      <c r="I318" s="229"/>
       <c r="J318" s="373"/>
     </row>
     <row r="319" spans="1:10" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A319" s="423"/>
       <c r="B319" s="433"/>
       <c r="C319" s="434"/>
       <c r="D319" s="433"/>
       <c r="E319" s="434"/>
       <c r="F319" s="425"/>
       <c r="G319" s="443"/>
       <c r="H319" s="398"/>
-      <c r="I319" s="193"/>
+      <c r="I319" s="203"/>
       <c r="J319" s="374"/>
     </row>
     <row r="320" spans="1:10" ht="4.05" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A320" s="422"/>
       <c r="B320" s="427" t="s">
         <v>110</v>
       </c>
       <c r="C320" s="428"/>
       <c r="D320" s="427" t="s">
         <v>111</v>
       </c>
       <c r="E320" s="428"/>
       <c r="F320" s="406">
         <v>62</v>
       </c>
       <c r="G320" s="441"/>
       <c r="H320" s="395"/>
       <c r="I320" s="396"/>
       <c r="J320" s="372"/>
     </row>
     <row r="321" spans="1:18" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A321" s="422"/>
       <c r="B321" s="427"/>
       <c r="C321" s="428"/>
       <c r="D321" s="427"/>
       <c r="E321" s="428"/>
       <c r="F321" s="407"/>
       <c r="G321" s="442"/>
       <c r="H321" s="397"/>
-      <c r="I321" s="219"/>
+      <c r="I321" s="229"/>
       <c r="J321" s="373"/>
     </row>
     <row r="322" spans="1:18" ht="6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A322" s="423"/>
       <c r="B322" s="429"/>
       <c r="C322" s="430"/>
       <c r="D322" s="429"/>
       <c r="E322" s="430"/>
       <c r="F322" s="424"/>
       <c r="G322" s="442"/>
       <c r="H322" s="397"/>
-      <c r="I322" s="219"/>
+      <c r="I322" s="229"/>
       <c r="J322" s="373"/>
     </row>
     <row r="323" spans="1:18" ht="4.05" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A323" s="423"/>
       <c r="B323" s="431"/>
       <c r="C323" s="432"/>
       <c r="D323" s="431"/>
       <c r="E323" s="432"/>
       <c r="F323" s="424"/>
       <c r="G323" s="442"/>
       <c r="H323" s="397"/>
-      <c r="I323" s="219"/>
+      <c r="I323" s="229"/>
       <c r="J323" s="373"/>
     </row>
     <row r="324" spans="1:18" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A324" s="423"/>
       <c r="B324" s="433"/>
       <c r="C324" s="434"/>
       <c r="D324" s="433"/>
       <c r="E324" s="434"/>
       <c r="F324" s="425"/>
       <c r="G324" s="443"/>
       <c r="H324" s="398"/>
-      <c r="I324" s="193"/>
+      <c r="I324" s="203"/>
       <c r="J324" s="374"/>
     </row>
     <row r="325" spans="1:18" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A325" s="107"/>
       <c r="B325" s="108"/>
       <c r="C325" s="108"/>
       <c r="D325" s="108"/>
       <c r="E325" s="108"/>
       <c r="F325" s="109"/>
       <c r="G325" s="110"/>
       <c r="H325" s="94"/>
       <c r="I325" s="94"/>
       <c r="J325" s="95"/>
     </row>
     <row r="326" spans="1:18" ht="14.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A326" s="482" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="B326" s="482"/>
       <c r="C326" s="482"/>
       <c r="D326" s="482"/>
       <c r="E326" s="482"/>
       <c r="F326" s="482"/>
       <c r="G326" s="482"/>
       <c r="H326" s="482"/>
       <c r="I326" s="482"/>
       <c r="J326" s="482"/>
     </row>
     <row r="327" spans="1:18" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A327" s="489" t="s">
         <v>36</v>
       </c>
       <c r="B327" s="490"/>
       <c r="C327" s="491"/>
       <c r="D327" s="435" t="s">
         <v>116</v>
       </c>
       <c r="E327" s="436"/>
       <c r="F327" s="436"/>
       <c r="G327" s="436"/>
       <c r="H327" s="436"/>
       <c r="I327" s="437"/>
@@ -20642,118 +20638,118 @@
       <c r="B337" s="493"/>
       <c r="C337" s="494"/>
       <c r="D337" s="435" t="s">
         <v>48</v>
       </c>
       <c r="E337" s="436"/>
       <c r="F337" s="436"/>
       <c r="G337" s="436"/>
       <c r="H337" s="436"/>
       <c r="I337" s="437"/>
       <c r="J337" s="19"/>
     </row>
     <row r="338" spans="1:10" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A338" s="107"/>
       <c r="B338" s="107"/>
       <c r="C338" s="107"/>
       <c r="D338" s="112"/>
       <c r="F338" s="112"/>
       <c r="G338" s="112"/>
       <c r="H338" s="112"/>
       <c r="I338" s="112"/>
       <c r="J338" s="112"/>
     </row>
     <row r="339" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A339" s="482" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="B339" s="482"/>
       <c r="C339" s="482"/>
       <c r="D339" s="482"/>
       <c r="E339" s="482"/>
       <c r="F339" s="482"/>
       <c r="G339" s="482"/>
       <c r="H339" s="482"/>
       <c r="I339" s="482"/>
       <c r="J339" s="482"/>
     </row>
     <row r="340" spans="1:10" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A340" s="470" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="B340" s="471"/>
       <c r="C340" s="472"/>
       <c r="D340" s="476" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="E340" s="477"/>
       <c r="F340" s="477"/>
       <c r="G340" s="477"/>
       <c r="H340" s="477"/>
       <c r="I340" s="477"/>
       <c r="J340" s="478"/>
     </row>
     <row r="341" spans="1:10" ht="28.05" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A341" s="479"/>
       <c r="B341" s="480"/>
       <c r="C341" s="481"/>
       <c r="D341" s="473"/>
       <c r="E341" s="474"/>
       <c r="F341" s="474"/>
       <c r="G341" s="474"/>
       <c r="H341" s="474"/>
       <c r="I341" s="474"/>
       <c r="J341" s="475"/>
     </row>
     <row r="342" spans="1:10" ht="10.050000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A342" s="107"/>
       <c r="B342" s="107"/>
       <c r="C342" s="107"/>
       <c r="E342" s="114"/>
       <c r="F342" s="114"/>
       <c r="G342" s="114"/>
       <c r="H342" s="114"/>
       <c r="I342" s="114"/>
       <c r="J342" s="114"/>
     </row>
     <row r="343" spans="1:10" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A343" s="482" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="B343" s="482"/>
       <c r="C343" s="482"/>
       <c r="D343" s="482"/>
       <c r="E343" s="482"/>
       <c r="F343" s="482"/>
       <c r="G343" s="482"/>
       <c r="H343" s="482"/>
       <c r="I343" s="482"/>
       <c r="J343" s="482"/>
     </row>
     <row r="344" spans="1:10" ht="28.05" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A344" s="423" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="B344" s="483"/>
       <c r="C344" s="483"/>
       <c r="D344" s="483"/>
       <c r="E344" s="483"/>
       <c r="F344" s="483"/>
       <c r="G344" s="483"/>
       <c r="H344" s="483"/>
       <c r="I344" s="484"/>
       <c r="J344" s="20"/>
     </row>
     <row r="345" spans="1:10" ht="28.05" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="346" spans="1:10" ht="28.05" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="347" spans="1:10" ht="28.05" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="348" spans="1:10" ht="28.05" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="349" spans="1:10" ht="28.05" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="350" spans="1:10" ht="28.05" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="351" spans="1:10" ht="28.05" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="352" spans="1:10" ht="28.05" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="353" ht="28.05" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="354" ht="28.05" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="355" ht="28.05" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="356" ht="28.05" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="357" ht="28.05" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="358" ht="28.05" customHeight="1" x14ac:dyDescent="0.2"/>
@@ -21323,147 +21319,147 @@
     <dataValidation type="whole" operator="equal" allowBlank="1" showErrorMessage="1" errorTitle="入力エラー" error="制度がある場合に「1」を入力してください" sqref="G10:G70 G75:G130 G135:G150 G155:G190 G195 G200 G205:G275 G280:G324" xr:uid="{00000000-0002-0000-0800-000005000000}">
       <formula1>1</formula1>
     </dataValidation>
     <dataValidation type="whole" operator="equal" allowBlank="1" showErrorMessage="1" errorTitle="入力エラー" error="今後制度の新設・拡充を考えている場合に「1」を入力してください" sqref="J10:J70 J75:J130 J135:J150 J155:J190 J195 J200 J205:J275 J280:J324" xr:uid="{00000000-0002-0000-0800-000006000000}">
       <formula1>1</formula1>
     </dataValidation>
     <dataValidation imeMode="on" allowBlank="1" showErrorMessage="1" sqref="D341" xr:uid="{00000000-0002-0000-0800-000002000000}"/>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.43307086614173229" bottom="0.43307086614173229" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="70" fitToHeight="0" orientation="portrait" horizontalDpi="4294967294" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="188" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr codeName="Sheet3">
     <tabColor theme="0"/>
   </sheetPr>
   <dimension ref="A1:F22"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B4" sqref="B4"/>
+    <sheetView tabSelected="1" topLeftCell="A2" workbookViewId="0">
+      <selection activeCell="F7" sqref="F7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.6640625" style="18" customWidth="1"/>
     <col min="2" max="2" width="5.44140625" style="17" customWidth="1"/>
     <col min="3" max="3" width="39.21875" style="17" customWidth="1"/>
     <col min="4" max="4" width="3.77734375" style="17" customWidth="1"/>
     <col min="5" max="5" width="4.88671875" style="17" customWidth="1"/>
     <col min="6" max="6" width="42.77734375" style="17" customWidth="1"/>
     <col min="7" max="16384" width="9" style="17"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" s="2" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="368" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="B1" s="368"/>
       <c r="C1" s="368"/>
       <c r="D1" s="368"/>
       <c r="E1" s="368"/>
       <c r="F1" s="368"/>
     </row>
     <row r="2" spans="1:6" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A2" s="237" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="B2" s="237"/>
       <c r="C2" s="237"/>
       <c r="D2" s="237"/>
       <c r="E2" s="237"/>
       <c r="F2" s="237"/>
     </row>
     <row r="3" spans="1:6" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A3" s="84"/>
       <c r="B3" s="85" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="C3" s="86" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="D3" s="84"/>
       <c r="E3" s="85" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="F3" s="86" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
     </row>
     <row r="4" spans="1:6" s="118" customFormat="1" ht="28.2" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="64">
         <v>1</v>
       </c>
       <c r="B4" s="151"/>
       <c r="C4" s="116" t="s">
         <v>350</v>
       </c>
       <c r="D4" s="117">
         <v>11</v>
       </c>
       <c r="E4" s="54"/>
       <c r="F4" s="116" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="5" spans="1:6" s="67" customFormat="1" ht="28.2" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="119">
         <v>2</v>
       </c>
       <c r="B5" s="55"/>
       <c r="C5" s="120" t="s">
         <v>349</v>
       </c>
       <c r="D5" s="121">
         <v>12</v>
       </c>
       <c r="E5" s="56"/>
       <c r="F5" s="120" t="s">
         <v>356</v>
       </c>
     </row>
     <row r="6" spans="1:6" s="67" customFormat="1" ht="28.2" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="119">
         <v>3</v>
       </c>
       <c r="B6" s="55"/>
       <c r="C6" s="120" t="s">
         <v>351</v>
       </c>
       <c r="D6" s="121">
         <v>13</v>
       </c>
       <c r="E6" s="56"/>
       <c r="F6" s="122" t="s">
-        <v>357</v>
+        <v>454</v>
       </c>
     </row>
     <row r="7" spans="1:6" s="67" customFormat="1" ht="28.2" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="119">
         <v>4</v>
       </c>
       <c r="B7" s="55"/>
       <c r="C7" s="120" t="s">
         <v>352</v>
       </c>
       <c r="D7" s="121">
         <v>14</v>
       </c>
       <c r="E7" s="56"/>
       <c r="F7" s="122" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="8" spans="1:6" s="67" customFormat="1" ht="28.2" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="119">
         <v>5</v>
       </c>
       <c r="B8" s="55"/>
       <c r="C8" s="120" t="s">
         <v>353</v>
@@ -21483,99 +21479,99 @@
       <c r="B9" s="55"/>
       <c r="C9" s="120" t="s">
         <v>300</v>
       </c>
       <c r="D9" s="121">
         <v>16</v>
       </c>
       <c r="E9" s="56"/>
       <c r="F9" s="122" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="10" spans="1:6" s="67" customFormat="1" ht="28.2" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="119">
         <v>7</v>
       </c>
       <c r="B10" s="55"/>
       <c r="C10" s="120" t="s">
         <v>103</v>
       </c>
       <c r="D10" s="121">
         <v>17</v>
       </c>
       <c r="E10" s="56"/>
       <c r="F10" s="122" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
     </row>
     <row r="11" spans="1:6" s="67" customFormat="1" ht="28.2" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="119">
         <v>8</v>
       </c>
       <c r="B11" s="55"/>
       <c r="C11" s="120" t="s">
         <v>104</v>
       </c>
       <c r="D11" s="121">
         <v>18</v>
       </c>
       <c r="E11" s="56"/>
       <c r="F11" s="122" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="12" spans="1:6" s="67" customFormat="1" ht="28.2" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="119">
         <v>9</v>
       </c>
       <c r="B12" s="55"/>
       <c r="C12" s="120" t="s">
         <v>105</v>
       </c>
       <c r="D12" s="121">
         <v>19</v>
       </c>
       <c r="E12" s="56"/>
       <c r="F12" s="122" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
     </row>
     <row r="13" spans="1:6" s="67" customFormat="1" ht="28.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A13" s="123">
         <v>10</v>
       </c>
       <c r="B13" s="57"/>
       <c r="C13" s="124" t="s">
         <v>354</v>
       </c>
       <c r="D13" s="125">
         <v>20</v>
       </c>
       <c r="E13" s="58"/>
       <c r="F13" s="126" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
     </row>
     <row r="14" spans="1:6" s="67" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="15" spans="1:6" s="4" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="504" t="s">
         <v>319</v>
       </c>
       <c r="B15" s="504"/>
       <c r="C15" s="504"/>
       <c r="D15" s="504"/>
       <c r="E15" s="504"/>
       <c r="F15" s="504"/>
     </row>
     <row r="16" spans="1:6" s="67" customFormat="1" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A16" s="237" t="s">
         <v>320</v>
       </c>
       <c r="B16" s="237"/>
       <c r="C16" s="237"/>
       <c r="D16" s="237"/>
       <c r="E16" s="237"/>
       <c r="F16" s="237"/>
     </row>
     <row r="17" spans="1:6" s="67" customFormat="1" ht="123" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A17" s="505"/>
@@ -21584,79 +21580,76 @@
       <c r="D17" s="506"/>
       <c r="E17" s="506"/>
       <c r="F17" s="507"/>
     </row>
     <row r="18" spans="1:6" ht="28.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A18" s="237" t="s">
         <v>337</v>
       </c>
       <c r="B18" s="237"/>
       <c r="C18" s="237"/>
       <c r="D18" s="237"/>
       <c r="E18" s="237"/>
       <c r="F18" s="237"/>
     </row>
     <row r="19" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="127" t="s">
         <v>46</v>
       </c>
       <c r="B19" s="33"/>
       <c r="C19" s="33"/>
       <c r="D19" s="33"/>
       <c r="E19" s="72"/>
       <c r="F19" s="128"/>
     </row>
     <row r="20" spans="1:6" ht="56.55" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="498" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A20" s="498"/>
       <c r="B20" s="499"/>
       <c r="C20" s="499"/>
       <c r="D20" s="499"/>
       <c r="E20" s="499"/>
       <c r="F20" s="500"/>
     </row>
     <row r="21" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="127" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="33"/>
       <c r="C21" s="33"/>
       <c r="D21" s="33"/>
       <c r="E21" s="72"/>
       <c r="F21" s="128"/>
     </row>
     <row r="22" spans="1:6" ht="169.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A22" s="501"/>
       <c r="B22" s="502"/>
       <c r="C22" s="502"/>
       <c r="D22" s="502"/>
       <c r="E22" s="502"/>
       <c r="F22" s="503"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="x+zH4OW4F/IDBgLsIl0ee2liSKB+6yJBkvfQwKOdFbalQnSNurGMz60wTJ0ScOFGQBWcJ4JjVoQGuD+c9cAQbA==" saltValue="IMYo9nVlSoJYkJV0rgZMhA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="8">
     <mergeCell ref="A18:F18"/>
     <mergeCell ref="A20:F20"/>
     <mergeCell ref="A22:F22"/>
     <mergeCell ref="A15:F15"/>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="A16:F16"/>
     <mergeCell ref="A17:F17"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <dataValidations count="2">
     <dataValidation type="whole" operator="equal" allowBlank="1" showErrorMessage="1" errorTitle="入力エラー" error="目的と効果についてそれぞれ当てはまる項目に整数の「1」を入力してください" sqref="C1 C23:C1048576 E4:E13 B4:B13 C19 C21" xr:uid="{00000000-0002-0000-0600-000000000000}">
       <formula1>1</formula1>
     </dataValidation>
     <dataValidation operator="equal" allowBlank="1" showErrorMessage="1" errorTitle="入力エラー" error="目的と効果についてそれぞれ当てはまる項目に整数の「1」を入力してください" sqref="B3 E3" xr:uid="{87D3ADCC-EE8D-464D-8911-3E3DD92490EA}"/>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" fitToWidth="0" orientation="portrait" horizontalDpi="4294967293" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">